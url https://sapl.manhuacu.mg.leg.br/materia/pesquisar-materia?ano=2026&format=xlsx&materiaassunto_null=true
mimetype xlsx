--- v0 (2026-01-23)
+++ v1 (2026-03-15)
@@ -10,343 +10,2106 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1468" uniqueCount="680">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>9337</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda a Projeto de Lei</t>
+  </si>
+  <si>
+    <t>Marcelino de Jesus, Cléber Benfica</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9337/em_no_1-2026.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva ao PL nº 91/2025: "Altera e acrescenta dispositivos à Lei Municipal nº 2.168/99, que dispõe sobre o loteamento na área urbana do Município de Manhuaçu, adequando parâmetros viários, nomenclatura de logradouros, critérios para desdobro de imóveis e inclinação máxima das vias".</t>
+  </si>
+  <si>
+    <t>9374</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Biênio 2025/2026</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9374/emd_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta os seguintes dispositivos ao PL 02/2026 que “Altera a Lei Nº 3.472, de 22 de abril de 2015, que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos servidores públicos da Câmara Municipal de Manhuaçu, o estímulo à qualificação profissional e contribuição ao desenvolvimento das funções do Poder Legislativo Municipal, para criação da função de confiança Coordenador de Gestão e Avaliação Documental, fixação de remuneração naquilo que dispõe e contém outras providências.”</t>
+  </si>
+  <si>
+    <t>9392</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>CCJ - Comissão de Constituição, Justiça e Redação, Cléber Benfica, Kilder Perígolo</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9392/emd_03-2026_plc_07-2025.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta dispositivos, altera a redação de artigos e anexos e suprime dispositivos do Projeto de Lei Complementar nº 7/2025, que “Institui o Plano Diretor Participativo do município de Manhuaçu-MG”.</t>
+  </si>
+  <si>
+    <t>9405</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Kilder Perígolo</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9405/emd_04-2026_-_kilder_-_plc_07-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA:_x000D_
+Acrescenta dispositivos, altera a redação de artigos e anexos e suprime dispositivos do Projeto de Lei Complementar nº 7/2025, que “Institui o Plano Diretor Participativo do município de Manhuaçu-MG”.</t>
+  </si>
+  <si>
+    <t>9453</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Zé Eugênio</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9453/emd_05-2026_plc_07-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva ao PLC nº 7/2025:_x000D_
+Acrescenta o art. 118-A ao Projeto de Lei Complementar nº 7/2025, que institui o Plano Diretor Participativo do Município de Manhuaçu/MG.</t>
+  </si>
+  <si>
     <t>9274</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcelino de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9274/1-2026.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento da Rua Joaquim Gonçalves Dutra, em São Pedro do Avaí, Manhuaçu-MG.</t>
   </si>
   <si>
     <t>9275</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>Indica a iluminação da escadaria que faz ligação entre a rua Francisco Antônio da Rocha e a rua Nossa senhora da Aparecida no bairro Santa Cruz, em São Pedro do Avaí.</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9275/2-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de um Centro Educacional no bairro Lajinha, modelo FNDE 2.</t>
   </si>
   <si>
     <t>9276</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>Indica a Unidade Básica de saúde do Bairro Cidade Nova 2 em Manhuaçu-Mg.</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9276/3-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Unidade Básica de saúde do Bairro Cidade Nova 2 em Manhuaçu-MG.</t>
   </si>
   <si>
     <t>9277</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Misrael da Matinha</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9277/4-2026.pdf</t>
+  </si>
+  <si>
     <t>Indico a contratação de um médico coloproctologista para atender às necessidades da população de Manhuaçu.</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Kelson Santos</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9296/5-2026.pdf</t>
+  </si>
+  <si>
     <t>Indico que seja realizada a reforma completa da Creche Menino Jesus no bairro Engenho da Serra, contemplando toda a parte interna e externa da unidade, incluindo, de forma prioritária, a reforma do muro, que se encontra em situação precária, com partes quebradas e oferecendo pouca segurança.</t>
   </si>
   <si>
     <t>9297</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>Gedival Breder, Kilder Perígolo</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9297/6-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal, através da Secretaria de Infraestrutura e Limpeza Urbana, que seja realizada por meio de emenda impositiva de minha autoria, a implantação de calçamento, com a utilização de 10.000 (dez mil) bloquetes, compreendendo o trecho na saída da estrada principal do Córrego Palmital, passando pela barra da Igreja Católica até a Escolinha do Córrego.</t>
+  </si>
+  <si>
+    <t>9301</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9301/7-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a urgente necessidade de reforma do Cemitério de Palmeiras, em Manhuaçu, MG, que se encontra em estado crítico.</t>
+  </si>
+  <si>
+    <t>9302</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>Gedival Breder</t>
   </si>
   <si>
-    <t>Indico ao Poder Executivo Municipal, através da Secretaria de Infraestrutura e Limpeza Urbana, que seja realizada por meio de emenda impositiva de minha autoria, a implantação de calçamento, com a utilização de 10.000 (dez mil) bloquetes, compreendendo o trecho na saída da estrada principal do Córrego Palmital, passando pela barra da Igreja Católica até a Escolinha do Córrego.</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9302/8-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Infraestrutura e Limpeza Urbana, que seja realizado o calçamento da Rua João Pereira Sobrinho, localizada no bairro Alfa Sul, no trecho que desce a partir da Clínica Renalclin,  nas proximidades de frente ao Cemitério Campo das Flores.</t>
+  </si>
+  <si>
+    <t>9309</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Allan do Alaor</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9309/9-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a necessidade de elaboração, atualização e disponibilização imediata do Laudo Técnico das Condições Ambientais do Trabalho (LTCAT) e do Perfil Profissiográfico Previdenciário (PPP) para os servidores públicos municipais expostos a agentes nocivos.</t>
+  </si>
+  <si>
+    <t>9310</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9310/10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo-lhes a aplicação imediata da Lei Complementar Federal nº 226/2026, que autoriza a contagem de tempo e o pagamento retroativo de benefícios (quinquênios, triênios, licença-prêmio, etc.) suspensos pela LC nº 173/2020.</t>
+  </si>
+  <si>
+    <t>9311</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9311/11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal, por meio da Secretaria Municipal de Desenvolvimento Sustentável, a instituição do programa "Manhuaçu mais Verde", baseado no modelo de arborização urbana "Click Árvore".</t>
+  </si>
+  <si>
+    <t>9312</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Ralley Hott, Kelson Santos, Tiago do Camelô</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9312/12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que estude e viabilize a criação de uma Zona de Food Truck devidamente organizada e sinalizada na Praça Doutor César Leite, neste Município.</t>
+  </si>
+  <si>
+    <t>9313</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9313/13-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que estude e viabilize a criação de uma Zona de Food Truck devidamente organizada e sinalizada na Praça José Adolfo Assad ( Praça da rodoviária ), neste Município.</t>
+  </si>
+  <si>
+    <t>9314</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9314/14-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que estude e viabilize a criação de uma Zona de Food Truck devidamente organizada e sinalizada na região das faculdades, neste Município.</t>
+  </si>
+  <si>
+    <t>9315</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Cléber Benfica</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9315/15-2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Chefe do Poder Executivo Municipal, por intermédio da Secretaria Municipal de Saúde, na pessoa do Ilustríssimo Senhor Secretário Juliano Estanislau, que sejam adotadas as providências necessárias para a implantação de um atendimento primário de triagem e direcionamento clínico, junto à Unidade de Urgência e Emergência, anexa ao Hospital César Leite (HCL).</t>
+  </si>
+  <si>
+    <t>9316</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9316/16-2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Chefe do Poder Executivo Municipal, por intermédio da Secretaria Municipal de Saúde, que seja promovida uma campanha intensiva, contínua e institucional de conscientização da população acerca do uso correto da Rede Municipal de Saúde, especialmente quanto à identificação do local adequado para busca de atendimento médico, conforme a gravidade da situação clínica apresentada.</t>
+  </si>
+  <si>
+    <t>9317</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Clóvis Pires</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9317/17-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a necessidade de realizar o calçamento com bloquete ou asfalto da estrada que sai da rua principal  de Dom Corrêa (rua Agostinho Corrêa de Farias em direção à Serra, sentido à Igreja Serra Bonita.</t>
+  </si>
+  <si>
+    <t>9318</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9318/18-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a necessidade de atenção especial de construir à ponte de madeira localizada sobre o Córrego Barra Alegre, no distrito de Sacramento/MG.(próximo ao Chico da Vina).</t>
+  </si>
+  <si>
+    <t>9319</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9319/19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Secretaria Municipal de Obras e Infraestrutura Urbana que seja realizado o recapeamento da Rua Agostinho Medeiros, localizada no distrito de Dom Corrêa.</t>
+  </si>
+  <si>
+    <t>9322</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Rose Mary</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9322/20-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo que seja refeita a ponte localizada na Rua do Café, tendo em vista o desgaste da estrutura e os riscos à segurança de pedestres.</t>
+  </si>
+  <si>
+    <t>9323</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9323/21-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o asfaltamento do Morro da Ponte dos Lobos, no distrito de Santo Amaro de Minas.</t>
+  </si>
+  <si>
+    <t>9324</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9324/22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o asfaltamento da Vila Boa Esperança, distrito de Santo Amaro de Minas.</t>
+  </si>
+  <si>
+    <t>9325</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9325/23-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico que seja construída uma praça pública ao ar livre no bairro Engenho da Serra, em área institucional pertencente ao município, localizada em frente à Escola João Xavier, ao lado do loteamento Mirante do Sol.</t>
+  </si>
+  <si>
+    <t>9326</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9326/24-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que seja avaliada a desapropriação da área onde se encontra o campo do bairro Santa Luzia, com a finalidade de viabilizar a implantação de uma área esportiva pública destinada à comunidade local.</t>
+  </si>
+  <si>
+    <t>9327</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Jânio do Catinga</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9327/25-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a revitalização das faixas de pedestres na BR 116 e BR 262, em Realeza.</t>
+  </si>
+  <si>
+    <t>9328</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9328/26-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o calçamento das ruas no loteamento Klein, em Realeza.</t>
+  </si>
+  <si>
+    <t>9329</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9329/27-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o calçamento de bloquetes ou asfalto no restante da rua Esmeralda, em Realeza.</t>
+  </si>
+  <si>
+    <t>9334</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Tiago do Camelô</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9334/28-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o recapeamento na Avenida Castelo Branco, bairro Santana.</t>
+  </si>
+  <si>
+    <t>9335</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9335/29-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a reforma/restauração de guarda-corpo de ponte da Viela José Eugênio (ao lado da SEMA Elétrica), no bairro Engenho da Serra.</t>
+  </si>
+  <si>
+    <t>9336</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9336/30-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o manilhamento de córrego em área urbana que permeia a Viela José Eugênio (ao lado da SEMA Elétrica), no bairro Engenho da Serra.</t>
+  </si>
+  <si>
+    <t>9341</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Administrador Rodrigo</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9341/31-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a colocação de solobrita ou cascalhamento nas estradas que dão acesso ao monte alverne, atendendo a solicitação da moradora sra. Rosângela.</t>
+  </si>
+  <si>
+    <t>9342</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Administrador Rodrigo, Tiago do Camelô</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9342/32-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção na estrada que dá acesso ao córrego Sinceridade, conforme solicitação da moradora Kátia.</t>
+  </si>
+  <si>
+    <t>9343</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9343/33-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica operação tapa-buracos e recapeamento na rua Terezinha de Barros no bairro Santana devido a vários buracos existentes nos logradouros.</t>
+  </si>
+  <si>
+    <t>9356</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9356/indicacao_34.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a substituição, ampliação das manilhas e reparos necessários na ponte localizada no Córrego Santa Luzia, no Manhuaçuzinho (comunidade de Palmeirinha, zona rural de Manhuaçu).</t>
+  </si>
+  <si>
+    <t>9357</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9357/indicacao_35.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal, por meio da Secretaria Municipal de Planejamento e Limpeza Urbana, que seja realizada a implantação de rede pluvial (drenagem fluvial) com a construção de caixas recebedoras, bem como a colocação de meio-fio e execução de melhorias asfálticas em toda a extensão da Avenida Gésio Carlos da Silva, localizada na Rodovia dos Estudantes, Vila Formosa.</t>
+  </si>
+  <si>
+    <t>9363</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9363/indicacao_36.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o patrolamento da estrada de Palmeiras.</t>
+  </si>
+  <si>
+    <t>9364</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9364/indicacao_37.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico a disponibilização do cadastramento dos profissionais da limpeza urbana nos pontos eletrônicos de registro de ponto já existentes em algumas localidades de Manhuaçu, tais como postos de saúde e creches, para que possam efetuar o registro de ponto de forma mais próxima ao local de trabalho.</t>
+  </si>
+  <si>
+    <t>9365</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9365/indicacao_38.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico a realização de serviços de limpeza e manutenção no Cemitério Municipal de Manhuaçu, local sagrado de memória e respeito para a comunidade, onde repousam os entes queridos de muitas famílias.</t>
+  </si>
+  <si>
+    <t>9366</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9366/indicacao_39.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de um muro Avenida Castelo Branco proximo ao numero 4 esquina com Americo Fernandes.</t>
+  </si>
+  <si>
+    <t>9367</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9367/indicacao_40.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a dedetização contra animais peçonhentos nas ruas do Bairro Vale Verde.</t>
+  </si>
+  <si>
+    <t>9368</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9368/indicacao_41.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica obras de infraestrutura de extensão de rede pluvial e instalação de guias (meio-fio) na Rua Conceição Daloio Pinheiro, bairro Pinheiro.</t>
+  </si>
+  <si>
+    <t>9369</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9369/indicacao_42.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Departamento Municipal de Trânsito a avaliação técnica e posterior implantação de vagas de estacionamento destinadas a pessoas com deficiência em frente à sede da Câmara Municipal de Manhuaçu/MG, garantindo acessibilidade.</t>
+  </si>
+  <si>
+    <t>9370</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9370/indicacao_43.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que, por meio da Secretaria Municipal de Saúde e demais setores competentes, sejam providenciadas as seguintes melhorias para o ESF de Dom Corrêa:_x000D_
+_x000D_
+Demandas Estruturais: Troca do piso da unidade; Revestimento do balcão da recepção em cerâmica; Construção de sala destinada à fisioterapia; Instalação de ar-condicionado na sala da farmácia; Instalação de grades nas portas e janelas, visando maior segurança; Armário planejado para a sala de vacina; Asfaltamento da área nos fundos da unidade._x000D_
+_x000D_
+Equipamentos e Materiais: Disponibilização de veículo com motorista para atendimento das demandas da unidade; Aquisição de arquivos, envelopes e pastas para organização documental; Aquisição de micro-ondas para a cozinha; Caixa de som com microfone para ações educativas e campanhas; Uniformes para toda a equipe; Melhorias na sala de observação e no consultório odontológico.</t>
+  </si>
+  <si>
+    <t>9371</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9371/indicacao_44.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria competente, que seja providenciada a construção/adequação de saída de bueiro na Rua Santa Luzia, nas proximidades da Capelinha de Santa Luzia, no distrito de São Sebastião do Sacramento.</t>
+  </si>
+  <si>
+    <t>9372</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9372/indicacao_45.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica-se ao Poder Executivo Municipal que determine aos órgãos competentes a intensificação da fiscalização quanto à presença de animais soltos, especialmente cavalos, na região do Trevo do Cafeicultor, nas proximidades da Praça Pedro Faria, considerando o recorrente risco à segurança de motoristas e pedestres em área de intenso fluxo de veículos. A medida visa prevenir acidentes, resguardar a integridade física da população e assegurar o cumprimento das normas de responsabilidade dos proprietários de animais, garantindo maior segurança e ordem no trânsito local.</t>
+  </si>
+  <si>
+    <t>9373</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9373/indicacao_46.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que promova a implementação de critérios mais rigorosos para a adoção de animais no Canil Municipal, estabelecendo que pessoas com histórico judicial comprovado de maus-tratos a animais, com condenação transitada em julgado ou medidas protetivas vigentes relacionadas à crueldade animal, fiquem impedidas de participar de processos de adoção.</t>
+  </si>
+  <si>
+    <t>9377</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9377/indicacao_47.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adesão do município de Manhuaçu ao projeto de "Sandbox Regulatório" para expansão da conectividade e instalação de infraestrutura de telecomunicações (antenas/5g).</t>
+  </si>
+  <si>
+    <t>9378</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9378/indicacao_48.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal o reforço das ações de combate à dengue, chikungunya e Zika, por meio da intensificação das visitas domiciliares dos agentes de endemias, ampliação dos mutirões de limpeza urbana, eliminação de focos do mosquito Aedes aegypti em terrenos baldios e áreas públicas de Santo Amaro de Minas.</t>
+  </si>
+  <si>
+    <t>9379</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9379/indicacao_49.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica que seja realizado, com urgência, o patrolamento da estrada do Córrego Boa Vista.</t>
+  </si>
+  <si>
+    <t>9380</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9380/indicacao_50.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que seja realizada nova solicitação para contratação de estagiários destinados à Clínica Veterinária Municipal, a fim de reforçar a equipe e atender à crescente demanda de serviços.</t>
+  </si>
+  <si>
+    <t>9381</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9381/indicacao_51.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico que seja realizado, com urgência, o patrolamento da estrada rural do Córrego Bem Posta, especialmente nos trechos de serra e pontos mais críticos da via.</t>
+  </si>
+  <si>
+    <t>9382</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9382/indicacao_52.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a elaboração de projeto técnico e execução de obras de ampliação, revitalização e infraestrutura cicloviária na rodovia Radialista Roberval Antunes.</t>
+  </si>
+  <si>
+    <t>9383</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9383/indicacao_53.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o enquadramento dos monitores efetivos da educação infantil na carreira do magistério público municipal, em conformidade com a Lei Federal nº 15.326/2026.</t>
+  </si>
+  <si>
+    <t>9384</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9384/indicacao_54.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a reforma completa da Escola do Palmital, Ziquinha Mendes.</t>
+  </si>
+  <si>
+    <t>9385</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9385/indicacao_55.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica iluminação pública na escadaria das flores escada que sai da rua sagrada família dando acesso a rua São Pedro no bairro Santa Cruz em São Pedro do Avaí Manhuaçu-MG.</t>
+  </si>
+  <si>
+    <t>9386</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9386/indicacao_56.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica na forma regimental, que determine à Secretaria Municipal de Obras a recuperação da ponte com manilhamento no Córrego dos Malaquias, na comunidade de Soledade, com a máxima urgência.</t>
+  </si>
+  <si>
+    <t>9387</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9387/indicacao_57.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a reforma da escola municipal de Vila de Fátima.</t>
+  </si>
+  <si>
+    <t>9388</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Marcelino de Jesus, Jânio do Catinga</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9388/58-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a reforma da escola municipal de Manhuaçuzinho.</t>
+  </si>
+  <si>
+    <t>9389</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9389/indicacao_59.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de meio-fio na rua Joaquim Gonçalves Dutra , no trecho que compreende entre esquina da rua José Teodoro até posto de gasolina, distrito de São Pedro do Avaí.</t>
+  </si>
+  <si>
+    <t>9395</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9395/indicacao_60.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a iluminação do campo de futebol em Realeza.</t>
+  </si>
+  <si>
+    <t>9396</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9396/indicacao_61.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a extensão de rede elétrica na rua Monte Verde em Realeza.</t>
+  </si>
+  <si>
+    <t>9397</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9397/indicacao_62.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao DNIT a construção de um trevo ou acesso para ligar as BR 116 e BR 262 em Realeza, próximo à curva da propriedade do saudoso Sr. José Fialho.</t>
+  </si>
+  <si>
+    <t>9399</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9399/indicacao_63.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal, por meio da Secretaria Municipal de Infraestrutura e Limpeza Urbana, que seja realizado o asfaltamento ou calçamento  compreendendo o trecho que se inicia na ponte de alvenaria que dá acesso ao Complexo Boston City, seguindo pelas suas proximidades até o final do referido, no Córrego Dona Joana, em complementação à minha Indicação nº 462/2025.</t>
+  </si>
+  <si>
+    <t>9400</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9400/64-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria competente, que sejam adotadas as providências necessárias para a execução do projeto e a implantação da rede elétrica na comunidade do Córrego Arrozal.</t>
+  </si>
+  <si>
+    <t>9407</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9407/indicacao_65.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal para que seja avaliada a viabilidade de realização de obra de infraestrutura no lote localizado em Santo Amaro, distrito do Município de Manhuaçu/MG, em área próxima ao posto de saúde e ao campo de futebol, com a finalidade de adequá-lo para funcionamento como estacionamento de veículos.</t>
+  </si>
+  <si>
+    <t>9408</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9408/indicacao_66.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação apresentada pela Vereadora solicitando ao Poder Executivo Municipal a reforma da Escola Rita Clara Sete, localizada no Distrito de Santo Amaro de Minas, no município de Manhuaçu/MG, contemplando melhorias estruturais gerais, adequações para maior segurança e conforto da comunidade escolar, bem como a implantação de cobertura na quadra esportiva, visando assegurar condições adequadas para a prática de atividades físicas, esportivas e pedagógicas em períodos chuvosos ou de intensa exposição solar, promovendo qualidade no ensino, bem-estar dos alunos e valorização do espaço educacional.</t>
+  </si>
+  <si>
+    <t>9413</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9413/indicacao_67.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica com extrema urgência, a realização de obras de reparo e manutenção na Rua 9 de Julho, Bairro Matinha, devido uma cratera no calçamento que está impedindo a passagem de pessoas.</t>
+  </si>
+  <si>
+    <t>9414</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9414/indicacao_68.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a reforma completa do telhado da recepção (local onde os pacientes aguardam) do setor de raio-x da Secretaria Municipal de Saúde, localizada na Rua Mellin Abi-Ackel, n⁰ 600, bairro Todos os Santos.</t>
+  </si>
+  <si>
+    <t>9415</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9415/indicacao_69.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de barras de contenção na frente da creche do bairro Matinha, visando garantir a segurança das crianças e evitar acidentes.</t>
+  </si>
+  <si>
+    <t>9416</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>Adenilza da Saúde, Allan do Alaor</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9416/indicacao_70.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de redutores de velocidade (quebra-molas) na Rua Juquinha Santana, Bairro Sagrada Família.</t>
+  </si>
+  <si>
+    <t>9417</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9417/indicacao_71.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a imediata adequação da sinalização de trânsito (carga e descarga / zona azul) na Praça Cordovil Pinto Coelho, na altura do nº 135 (próximo à Paraíso Baby).</t>
+  </si>
+  <si>
+    <t>9418</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9418/indicacao_722026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências para a devida adequação orçamentária visando a aquisição do livro "Um Mosquito Muito Perigoso" para os alunos da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>9419</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9419/indicacao_73.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica calçamento do segundo morro do córrego Vista Alegre sentido a residência do Felipe Augusto zona rural de São Pedro do Avaí Manhuaçu-MG.</t>
+  </si>
+  <si>
+    <t>9420</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9420/indicacao_74.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica calçamento no córrego Bom jardim, no morro sentido à residência do Astri Knust.</t>
+  </si>
+  <si>
+    <t>9421</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9421/indicacao_75.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo, em articulação com os órgãos competentes, a implantação de iluminação pública ao longo do trecho da BR-262, compreendido do posto de combustíveis até o trevo de acesso ao Aeroporto de Santo Amaro, localizado no Distrito de Santo Amaro, no município de Manhuaçu, visando ao aumento da segurança viária, melhor visibilidade noturna e redução de acidentes para motoristas e pedestres.</t>
+  </si>
+  <si>
+    <t>9422</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9422/indicacao_76.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica o calçamento em dois morros que dão acesso de Manhuaçuzinho a São Pedro do Avaí.</t>
+  </si>
+  <si>
+    <t>9431</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indica a dedetização contra animais peçonhentos nas ruas do Bairro Cidade Nova.</t>
+  </si>
+  <si>
+    <t>9432</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9432/indicacao_78.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, na forma regimental, que determine à Secretaria Municipal de Infraestrutura e Limpeza Urbana a realização de calçamento com asfalto ou bloquete no trecho localizado próximo à casa do Alquimim, antes do ponto onde já foi executado o asfaltamento, no sentido do Córrego Água Limpa.</t>
+  </si>
+  <si>
+    <t>9433</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9433/indicacao_79.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, na forma regimental, que determine à Secretaria Municipal de Infraestrutura e Limpeza Urbana a realização de calçamento com asfalto ou bloquete no morro próximo ao Chico Davina, no Córrego Barra Alegre, em São Sebastião do Sacramento, conhecido como “Mata Boi”, na Comunidade Divino Espírito Santo.</t>
+  </si>
+  <si>
+    <t>9434</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9434/indicacao_80.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, na forma regimental, que determine à Secretaria Municipal de Infraestrutura e Limpeza Urbana a construção de ponte com manilhamento na estrada que dá acesso a Manhuaçuzinho.</t>
+  </si>
+  <si>
+    <t>9435</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9435/indicacao_81.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria de Infraestrutura e Limpeza Urbana que sejam adotadas as providências necessárias para a realização de operação tapa-buracos em toda extensão  da rua Primeiro de Maio no bairro Ponte da Aldeia.</t>
+  </si>
+  <si>
+    <t>9436</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9436/indicacao_82.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria de Infraestrutura e Limpeza Urbana, que sejam adotadas as providências necessárias para a realização de operação tapa-buracos em toda a extensão da Avenida Niulda Garcia Hott Dutra na comunidade de Vila Cachoeirinha.</t>
+  </si>
+  <si>
+    <t>9437</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9437/indicacao_83.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal, por meio da Secretaria de Infraestrutura e Limpeza Urbana, que sejam adotadas as providências necessárias para a realização de operação tapa-buracos em toda a extensão da rua principal  Vila São José - Vila Formosa.</t>
+  </si>
+  <si>
+    <t>9438</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9438/indicacao_84.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a cobertura do ponto de ônibus na BR 262 em Realeza, sentido Santo Amaro.</t>
+  </si>
+  <si>
+    <t>9439</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9439/indicacao_86.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a cobertura da rampa que dá acesso ao Centro Educacional Infantil Professora Ejane Firmino dos Santos, em Realeza.</t>
+  </si>
+  <si>
+    <t>9440</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9440/indicacao_86.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de ar condicionado nas salas do Centro Educacional Infantil Professora Ejane Firmino dos Santos em Realeza.</t>
+  </si>
+  <si>
+    <t>9444</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9444/indicacao_87.2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais, indica ao Poder Executivo Municipal, por intermédio da Secretaria Municipal de Saúde, a criação e implementação do Programa Municipal de Combate à Obesidade, com foco no atendimento integral de munícipes diagnosticados com obesidade mórbida, no âmbito da rede pública municipal de saúde (SUS)._x000D_
+O referido programa deverá ser estruturado de forma multiprofissional, contemplando acompanhamento médico especializado, orientação nutricional contínua e suporte psicológico, bem como, quando clinicamente indicado e mediante critérios técnicos, a disponibilização gratuita do medicamento Tirzepatida (também conhecido comercialmente como Mounjaro), conforme protocolos clínicos e diretrizes terapêuticas estabelecidos pelo SUS e pela autoridade sanitária competente.</t>
+  </si>
+  <si>
+    <t>9446</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Trânsito e Mobilidade Urbana a criação de pelo menos duas vagas de embarque e desembarque exclusivas para pessoas com deficiência ou idosos, na porta da agência bancária Itaú localizada na Praça Cinco de Novembro, 342, Centro, Manhuaçu.</t>
+  </si>
+  <si>
+    <t>9447</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada a revitalização da quadra de grama sintética localizada no Bairro Engenho da Serra.</t>
+  </si>
+  <si>
+    <t>9448</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que seja realizada avaliação técnica urgente na via localizada em frente ao Parque das Águas, no Córrego Roça Grande, tendo em vista que o local apresenta sinais de comprometimento estrutural, com risco de desmoronamento da via principal.</t>
+  </si>
+  <si>
+    <t>9449</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que seja providenciada a instalação de 04 (quatro) manilhas de 1.000 mm (0,100) na comunidade da Boa Vista, especificamente na ponte localizada nas proximidades da residência do Marquinho da Rose, próximo ao Zé Dete.</t>
+  </si>
+  <si>
+    <t>9450</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Indica a instalação de bebedouro com água potável as margens da BR 262, perímetro urbano.</t>
+  </si>
+  <si>
+    <t>9451</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a avaliação da possibilidade de retirada do asfalto deteriorado e implantação de piso intertravado (bloquetes) ou execução de novo asfaltamento na praça de Santo Amaro, distrito de Manhuaçu, em razão do avançado estado de degradação do pavimento, que compromete a segurança, a mobilidade e a estética do espaço público.</t>
+  </si>
+  <si>
+    <t>9452</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Solicita providências do Poder Executivo para realização de manutenção na pavimentação da subida da Rua Cidade Nova, no Bairro Cidade Nova, no município de Manhuaçu/MG, mais precisamente no trecho que dá acesso à Rua Olívia da Terra Oliveira Perígolo, tendo em vista que os bloquetes encontram-se soltos, com presença de buracos e, em alguns pontos, a via encontra-se até mesmo intransitável, causando transtornos e riscos aos moradores e demais usuários da referida via pública.</t>
+  </si>
+  <si>
+    <t>9456</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo a realização de análise técnica visando à possível complementação da canalização da rede pluvial na Rua do Triângulo, no bairro Santana.</t>
+  </si>
+  <si>
+    <t>9457</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Indicação para instalação de bebedouros públicos no Terminal Rodoviário e na Praça José Adolfo Assad (Praça do Skate).</t>
+  </si>
+  <si>
+    <t>9458</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Indicação para instalação de aparelhos de TV no Terminal Rodoviário de Manhuaçu.</t>
+  </si>
+  <si>
+    <t>9459</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal, por meio da Secretaria competente, a realização de pavimentação asfáltica na Rua Milton Pinheiro, no bairro Pinheiro, no município de Manhuaçu/MG, bem como a adoção de providências quanto à regularização de muro inacabado existente no local, o qual se encontra sem qualquer tipo de proteção ou contenção adequada, configurando potencial risco à integridade física de crianças e demais moradores que utilizam a via para lazer e circulação. Requer, ainda, a execução de serviços de limpeza urbana, capina e roçada da vegetação nas margens da referida via, com o objetivo de melhorar as condições de segurança, mobilidade e conservação do espaço público.</t>
+  </si>
+  <si>
+    <t>9460</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Indica a reforma do Campo de Futebol, localizado na  Rua Sebastião Lourenço, em Palmeiras, distrito de Manhuaçu.</t>
+  </si>
+  <si>
+    <t>9462</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Indica a disponibilização de transporte para pacientes de baixa renda, provenientes de Manhuaçu e distritos, que fazem fisioterapia temporariamente devido a fraturas ou outras condições físicas, no período da tarde, no setor de fisioterapia e reabilitação.</t>
   </si>
   <si>
     <t>9279</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9279/mocao_01-2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Pesar à família pelo falecimento da Sra. Terezinha Inácio Constâncio, ocorrido no dia 03 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9280</t>
   </si>
   <si>
     <t>Ralley Hott</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9280/mocao_02.2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Aplausos, em homenagem ao Sr. Vinicius Magalhães Dutra, pela passagem de seu 60º aniversário, celebrado no dia 17 de dezembro de 2025.</t>
   </si>
   <si>
     <t>9281</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9281/mocao_03.2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Pesar à Sra Nair do Carmo Borel e a todos os familiares e amigos  pelo falecimento do Sr. Nelson Borel, ocorrido no dia 3 de janeiro de 2026, aos 96 anos de idade.</t>
   </si>
   <si>
     <t>9282</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9282/mocao_04.2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Pesar à família pelo falecimento do Sr. João Sirilo da Cruz, ocorrido no dia 3 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9283/mocao_05.2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Aplausos em homenagem à senhora Maria de Lourdes de Oliveira Viana, pela passagem de seu 87º aniversário, celebrado no dia 3 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9284</t>
   </si>
   <si>
-    <t>Kilder Perígolo</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9284/mocao_06-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimento do Sr. Antônio Bento Barbosa, ocorrido no dia 31 de dezembro de 2025.</t>
   </si>
   <si>
     <t>9285</t>
   </si>
   <si>
-    <t>7</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9285/mocao_07-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimento do Sr.  João Norberto de Oliveira, ocorrido no dia 11 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>Jânio do Catinga</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9286/mocao_08-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimento do Sr. JOSÉ PEREIRA.</t>
   </si>
   <si>
     <t>9287</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>Jorge do Ibéria</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9287/mocao_9-2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Pesar à família pelo falecimento do Sr. Nelson da costa Dutra.</t>
   </si>
   <si>
     <t>9288</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>Jorge do Ibéria, Jânio do Catinga</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9288/mocao_10-2026.pdf</t>
+  </si>
+  <si>
     <t>Moção de Pesar à família pelo falecimento da Sra. Elida Bicalho de Morais, ocorrido no dia 13 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9289</t>
   </si>
   <si>
-    <t>11</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9289/mocao_11-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimemnto do Sr. JOSÉ ANTONIO DA COSTA.</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
-    <t>12</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9290/mocao_12.2026.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Sr. Elison Muniz, em reconhecimento ao destaque alcançado em sua trajetória profissional, fruto de sua dedicação diária e da forma séria, ética e comprometida com que conduz suas atividades.</t>
   </si>
   <si>
     <t>9291</t>
   </si>
   <si>
-    <t>13</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9291/mocao_13.2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimento do Sr. José Carlos de Oliveira, ocorrido no dia 12 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>Allan do Alaor</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9292/mocao_14-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimenrto de Emanuel Lucas Paula Sousa, ocorrido no dia 15 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
-    <t>15</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9293/mocao_15-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimenrto da Sra. Geni Fernandes da Silva, ocorrido no dia 19 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9294</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>Administrador Rodrigo</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9294/mocao_16-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimento do Sr.  Antônio Carlos Alvarenga, ocorrido no dia 13 de janeiro de 2026.</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>Jânio do Catinga, Rose Mary</t>
+    <t>Jânio do Catinga, Rose Mary, Zé Eugênio</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9295/mocao_17-2026.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família pelo falecimento do Sr. Jesse de Miranda Sette.</t>
+  </si>
+  <si>
+    <t>9303</t>
+  </si>
+  <si>
+    <t>Cléber Benfica, Misrael da Matinha</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9303/mocao_18-2026_completa.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pesar pelo falecimento do Sr. José Vicente de Christo, ocorrido no dia 23 de julho de 2025.</t>
+  </si>
+  <si>
+    <t>9304</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9304/mocao_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos aos idealizadores do projeto “Desafio das 7 Medalhas”, em reconhecimento ao brilhantismo, à relevância social e ao significativo valor cultural da iniciativa.</t>
+  </si>
+  <si>
+    <t>9305</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9305/mocao_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação à Escola Manoel Agostinho Ferreira, localizada em Dom Corrêa, extensiva à sua equipe gestora e pedagógica, em especial ao Diretor, Sr. Joel Lacerda, ao Vice-Diretor, Sr. Francisco, ao corpo docente e demais profissionais da educação, pelo extraordinário desempenho de seus alunos na Olimpíada Brasileira de Matemática das Escolas Públicas (OBMEP), com a conquista de medalhas de ouro e prata.</t>
+  </si>
+  <si>
+    <t>9306</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9306/mocao_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÃO à professora SAMILA TEREZA DA SILVA BARROS, pelo brilhante desempenho e reconhecimento como Professora Destaque na OBMEP – Olimpíada Brasileira de Matemática das Escolas Públicas, representando com excelência a Escola de São Sebastião do Sacramento.</t>
+  </si>
+  <si>
+    <t>9307</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9307/mocao_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações aos alunos Guilherme Araújo Diniz (Medalha de Ouro), Ângelo Dias Araújo Conde (Medalha de Prata) e Débora Francine Silva (Medalha de Prata), da Escola Estadual Manoel Agostinho Ferreira, do Distrito de Dom Corrêa, Município de Manhuaçu, que se destacaram como medalhistas da Olimpíada Brasileira de Matemática das Escolas Públicas – OBMEP, alcançando resultados de grande relevância acadêmica.</t>
+  </si>
+  <si>
+    <t>9308</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9308/mocao_23-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família  pelo falecimento do Sr. Sebastião Cabral.</t>
+  </si>
+  <si>
+    <t>9320</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9320/mocao_24-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento do Sr. Oberom Carlos de Lima Werner, ocorrido em 28 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>9321</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9321/mocao_25.2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento da Sra. Lucinéia Nunes da Silva Souza, ocorrido no dia 23 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>9346</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9346/mocao_26-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação à Dra. Larissa Henrique Brandão Souza, pela excelência na prestação de serviços na UAI de Manhuaçu.</t>
+  </si>
+  <si>
+    <t>9347</t>
+  </si>
+  <si>
+    <t>Jânio do Catinga, Marcelino de Jesus, Zé Eugênio</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9347/mocao_27-2026.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à família pelo falecimento do senhor José Silvino Ferreira, ocorrido em 02 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>9352</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9352/mocao_28-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecemos ao Sr. Marcelo Souza Garcia, pelo relevante trabalho desenvolvido na coordenação da limpeza urbana, junto à Secretaria Municipal de Infraestrutura e Limpeza Urbana – SEINFRA.</t>
+  </si>
+  <si>
+    <t>9353</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9353/mocao_29-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento da senhora Alzira Gonçalves de Moraes, ocorrido em 27 de janeiro de 2026, aos 102 anos de idade.</t>
+  </si>
+  <si>
+    <t>9354</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9354/mocao_30-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao Dentista Gabriel da Silva Costa pelos relevantes serviços prestados na ODONTO COMPANY - UNIDADE MANHUAÇU no ano de 2023, principalmente com a oferta de palestras gratuitas para promoção a saúde oral aos municipes de Manhuaçu.</t>
+  </si>
+  <si>
+    <t>9355</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9355/mocao_31-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação à Atleta Leidiane Vila Real, por seu ingresso ao Grêmio Foot-Ball Porto Alegrense, o renomado Grêmio do Rio Grande do Sul._x000D_
+A jovem manhuaçuense Leidiane destaca-se como talentosa estrela do futebol feminino, brilhando no cenário nacional e inspirando a prática esportiva junto à juventude, em especial ao público feminino.</t>
+  </si>
+  <si>
+    <t>9358</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9358/mocao_32-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação ao Sr. WALDIR LUCIANO OLIVEIRA, em reconhecimento ao seu admirável empenho e dedicação ao longo de mais de 30 (trinta) anos de relevantes serviços prestados ao esporte e às crianças do Distrito de Realeza.</t>
+  </si>
+  <si>
+    <t>9359</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9359/mocao_33-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento  à Sra. Taiane Ferreira Marques da Silva, pelos relevantes serviços prestados ao Município de Manhuaçu, por meio de sua atuação na Secretaria Municipal de Planejamento e Gestão.</t>
+  </si>
+  <si>
+    <t>9360</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9360/mocao_34-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao Sr. WELERSON DUTRA DE CARVALHO, pelos relevantes serviços prestados ao Município, especialmente por sua atuação junto à Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>9361</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento da Sra. Cecília Anacleta Ferreira Dutra.</t>
+  </si>
+  <si>
+    <t>9362</t>
+  </si>
+  <si>
+    <t>Zé Eugênio, Marcelino de Jesus</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9362/mocao_36-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento do Sr. Dione da Silva Abreu.</t>
+  </si>
+  <si>
+    <t>9401</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9401/mocao_37-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao senhor Emerson Lessa de Carvalho, em razão de sua conduta íntegra, espírito público e relevantes serviços prestados ao município.</t>
+  </si>
+  <si>
+    <t>9402</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9402/mocao_38-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso ao senhor Jhonata Segal, em reconhecimento ao seu trabalho dedicado ao esporte, à prática do Muay Thai e ao comprometimento com ações sociais que vêm destacando positivamente o município.</t>
+  </si>
+  <si>
+    <t>9410</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento do Sr. Abinael Sardinha Júnior.</t>
+  </si>
+  <si>
+    <t>9412</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento à Escola Faculdade do Saber, pelos seus 26 (vinte e seis) anos de relevantes serviços prestados à educação e à formação de crianças e jovens em nosso município.</t>
+  </si>
+  <si>
+    <t>9423</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento do Sr. Daniel Breder.</t>
+  </si>
+  <si>
+    <t>9424</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à família pelo falecimento da Sra. Albertina Alves da Silva, ocorrido em 28 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>9425</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR à família pelo falecimento da Sra. Marilza dos Reis Serafim, ocorrido em 27 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>9426</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9426/mocao_44-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação à PR Autopeças, pela comemoração de seu primeiro ano de fundação e relevantes serviços prestados à comunidade de Vilanova.</t>
+  </si>
+  <si>
+    <t>9427</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao Dr. Fernando Bittencourt de Oliveira, em homenagem aos seus 50 anos de relevantes serviços prestados à população manhuaçuense, por meio dos atendimentos realizados junto à pediatria do Hospital César Leite.</t>
+  </si>
+  <si>
+    <t>9428</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9428/mocao_46-2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao Sargento Carlos Giovani Mendes Gomes, pelos 27 anos de serviços prestados ao Municipio de Manhuaçu através da Polícia Militar de Minas Gerais.</t>
+  </si>
+  <si>
+    <t>9429</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao SAMAL – Serviço Autônomo Municipal de Limpeza Urbana – pelo relevante e dedicado trabalho que vem sendo realizado em nosso município.</t>
+  </si>
+  <si>
+    <t>9441</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Exmo. Sr. Ibrahim Abi-Ackel, pela celebração de seus 100 anos de vida.</t>
+  </si>
+  <si>
+    <t>9442</t>
+  </si>
+  <si>
+    <t>Gilsinho</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento da Sra.Argentina da Silva Santos.</t>
+  </si>
+  <si>
+    <t>9445</t>
+  </si>
+  <si>
+    <t>Moção de Reconhecimento ao Professor Maikron Barbosa, em reconhecimento à sua destacada atuação na condução da Escola Novo Tigre de Taekwondo, e pelo compromisso com o desenvolvimento esportivo, social e formativo de crianças, jovens e atletas em nossa cidade.</t>
+  </si>
+  <si>
+    <t>9455</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família pelo falecimento da jovem Milena Rocha Miranda, ocorrido em 06 de março de 2026.</t>
+  </si>
+  <si>
+    <t>9461</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso à equipe de trabalho do Asilo São Vicente de Paulo, em reconhecimento ao relevante e admirável serviço prestado aos idosos de nossa região que ali encontram acolhimento, cuidado e dignidade.</t>
+  </si>
+  <si>
+    <t>9300</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9300/pl_01-2026_-_campanha_julho_dourado.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Manhuaçu/MG, a Campanha “Julho Dourado”, voltada à promoção da saúde animal, prevenção de zoonoses e conscientização da população, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9339</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9339/pl_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a Lei Nº 3.472, de 22 de abril de 2015, que dispõe sobre o Plano de Cargos, Carreiras e Vencimentos dos servidores públicos da Câmara Municipal de Manhuaçu, o estímulo à qualificação profissional e contribuição ao desenvolvimento das funções do Poder Legislativo Municipal, para criação da função de confiança Coordenador de Gestão e Avaliação Documental, fixação de remuneração naquilo que dispõe e contém outras providências.”</t>
+  </si>
+  <si>
+    <t>9344</t>
+  </si>
+  <si>
+    <t>Maria Imaculada Dutra Dornelas</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9344/pl_03-2026__-_dispoe_sobre_a_revisao_geral_anual_dos_vencimentos.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a revisão geral anual dos vencimentos dos servidores públicos do Poder Executivo Municipal.”</t>
+  </si>
+  <si>
+    <t>9345</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9345/pl_04-2026_concede_revisao_geral_anual_nos_vencimentos_base_dos_servidores_efetivos_e_comissionados_ativos_inativos_e_pensionistas_do_poder_legislativo_municipal_nos_termos_de.pdf</t>
+  </si>
+  <si>
+    <t>“Concede revisão geral anual nos vencimentos base dos servidores efetivos e comissionados ativos, inativos e pensionistas do Poder Legislativo Municipal, nos termos de que trata o art. 37, Inc. “X” da Constituição Federal e arts. 26 “III” e 111 da Lei Orgânica do Município de Manhuaçu, Estado de Minas Gerais, para o exercício financeiro de 2026 e contém outras providências”.</t>
+  </si>
+  <si>
+    <t>9348</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9348/pl_05-2026__autoriza_a_concessao_de_subvencoes_sociais_auxilios_ou_contribuicoes_as_entidades_que_menciona_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a concessão de Subvenções Sociais, auxílios ou Contribuições às entidades que menciona e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9349</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9349/pl_06-2026__autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_fundacao_banco_do_brasil_com_o_objetivo_de_executar_o_programa_integracao_aabb.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Fundação Banco do Brasil com o objetivo de executar o Programa Integração AABB Comunidade e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9350</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9350/pl_07-2026__autoriza_a_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_r_8.272.00000_em_favor_de_d.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente, no valor de R$ 8.272.000,00 (oito milhões, duzentos e setenta e dois mil reais), em favor de diversas secretarias municipais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9390</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9390/pl_09-2026_dispoe_sobre_denominacao_da_viela_endina_marques_de_oliveira_no_bairro_centro_na_sededeste_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação da viela Enedina Marques de Oliveira no bairro centro, na sede deste Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9391</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9391/pl_10-2026_aletera_a_lei_no_2.236-2000_que_dispoe_sobre_denominacao_de_ruas_e_loteamento_pinheiro_iii_bairro_bom_pastor__nesta_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 2.236/2000, que dispõe sobre denominação de ruas no Loteamento Pinheiro III, Bairro Bom Pastor, nesta cidade e contém outras providências.</t>
+  </si>
+  <si>
+    <t>9398</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9398/pl_no_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a ceder, a título oneroso e por prazo determinado, o uso de imóvel público à empresa Smart Energy Empresa de Serviços e Instalações de Usinas Solares e Produção de Energia Renovável LTDA, destinado à implantação e operação de usina de tratamento de resíduos sólidos urbanos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9409</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9409/projeto_de_lei_2026_cessao_de_patricia_soti_huebra_para_justica_federal.pdf</t>
+  </si>
+  <si>
+    <t>Disciplina sobre autorização de cessão de servidora pública efetiva do Poder Legislativo de Município de Manhuaçu/MG, Sra. Patrícia Soti Huebra, Auxiliar de Secretaria, ao TRF6-Tribunal Regional Federal 6ª. Região- Subseção Judiciária da Justiça Federal de Manhuaçи-TRF6, nos termos do inciso XV do art. 24 da Lei Orgânica do Município de Manhuaçu-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9430</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9430/pl13-2026.pdf</t>
+  </si>
+  <si>
+    <t>“Institui no Calendário Oficial do Município o evento “Arraiá do Galpão”, a ser realizado anualmente no mês de junho e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>9443</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9443/pl_no_14-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 3.773, de 28 de novembro de 2017, que "Dispõe sobre o pagamento e a prestação de contas de diárias de viagens a agente político e servidor público do Poder Legislativo do Município de Manhuaçu e dá outras providências".</t>
+  </si>
+  <si>
+    <t>9454</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9454/pl_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a vedação à investidura em cargos públicos e comissionados no âmbito do Município de Manhuaçu/MG, em face de condenações criminais específicas, e dá outras providencias</t>
+  </si>
+  <si>
+    <t>9463</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9463/pl_16-2026_supremo_de_frango_2.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal do Supremo de Frango no Calendário Oficial do Município de Manhuaçu.</t>
+  </si>
+  <si>
+    <t>9464</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9464/pl_17-2026_com_declaracao_dados_sensiveis..pdf</t>
+  </si>
+  <si>
+    <t>“Altera o anexo I da Lei nº 3.548 de 04 de dezembro de 2015 e dá outras providências”. ( Aluguel social)</t>
+  </si>
+  <si>
+    <t>9351</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9351/pl_08-2026__altera_a_lei_complementar_municipal_no_022017_para_incluir_subitens_na_tabela_ii_do_art._40..pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar Municipal nº 02/2017 para incluir subitens na Tabela II do art. 40.</t>
+  </si>
+  <si>
+    <t>9338</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9338/pr_01-2026_dispoe_sobre_o_codigo_de_etica_e_decoro_parlamentar_da_camara_municipal_de_manhuacu.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o Código de Ética e Decoro Parlamentar da Câmara Municipal de Manhuaçu”</t>
+  </si>
+  <si>
+    <t>9340</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9340/pr_02-2026_altera_a_politica_arquivistica_institucional_a_tabela_de_temporariedade.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Política Arquivística Institucional, a tabela de temporariedade e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>9411</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9411/pr_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui normas gerais sobre transparência, rastreabilidade, fiscalização e prestação de contas relativamente às Emendas Parlamentares de caráter impositivo às Leis Orçamentárias Anuais do município, no âmbito da Câmara Municipal de Manhuaçu/MG.</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requer à Secretaria de Governo informações oficiais acerca da atual situação jurídica e administrativa do terreno localizado no bairro Santa Luzia, conhecido como antigo campinho do bairro Santa Luzia._x000D_
 Requer-se esclarecimentos, especialmente, quanto:_x000D_
 1.	à situação jurídica atual do terreno;_x000D_
 2.	à existência ou não de negociações em andamento;_x000D_
 3.	ao posicionamento oficial do Município sobre o futuro da área;_x000D_
 4.	à possibilidade de apresentação de nova proposta ou de destinação de interesse público.</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9299/requerimento_no_02-2026_solicita_informacoes_sobre_a_situacao_do_cargo_de_medico_coloproctologista_no_municipio_de_manhuacu.pdf</t>
+  </si>
+  <si>
     <t>Requer ao Secretário Municipal de Saúde informações sobre a situação do cargo de médico coloproctologista no Município de Manhuaçu, especialmente:_x000D_
 1.	Há quanto tempo o Município está sem médico coloproctologista;_x000D_
 2.	Qual a data prevista para a contratação desse profissional;_x000D_
 3.	Quais providências estão sendo adotadas para garantir o atendimento à população que necessita desse serviço.</t>
+  </si>
+  <si>
+    <t>9393</t>
+  </si>
+  <si>
+    <t>REL</t>
+  </si>
+  <si>
+    <t>Relatório</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9393/relatorio_-_3o_quadrimestre_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Relatório - 3º quadrimestre de 2025.</t>
+  </si>
+  <si>
+    <t>9394</t>
+  </si>
+  <si>
+    <t>APR</t>
+  </si>
+  <si>
+    <t>Apresentação</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9394/3o_quadrimestre_2025_-_conselho.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas: Secretaria Municipal de Saúde - 3º quadrimestre 2025.</t>
+  </si>
+  <si>
+    <t>9403</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9403/prestacao_de_contas_2025_-_dezembro_de__2025_-.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas da Câmara Municipal de Manhuaçu - DEZEMBRO 2025.</t>
+  </si>
+  <si>
+    <t>9404</t>
+  </si>
+  <si>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9404/prestacao_de_contas_2025_-_janeiro_de__2026_-.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas da Câmara Municipal de Manhuaçu - JANEIRO 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -650,67 +2413,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9337/em_no_1-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9374/emd_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9392/emd_03-2026_plc_07-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9405/emd_04-2026_-_kilder_-_plc_07-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9453/emd_05-2026_plc_07-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9274/1-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9275/2-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9276/3-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9277/4-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9296/5-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9297/6-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9301/7-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9302/8-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9309/9-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9310/10-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9311/11-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9312/12-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9313/13-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9314/14-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9315/15-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9316/16-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9317/17-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9318/18-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9319/19-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9322/20-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9323/21-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9324/22-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9325/23-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9326/24-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9327/25-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9328/26-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9329/27-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9334/28-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9335/29-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9336/30-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9341/31-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9342/32-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9343/33-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9356/indicacao_34.2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9357/indicacao_35.2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9363/indicacao_36.2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9364/indicacao_37.2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9365/indicacao_38.2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9366/indicacao_39.2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9367/indicacao_40.2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9368/indicacao_41.2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9369/indicacao_42.2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9370/indicacao_43.2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9371/indicacao_44.2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9372/indicacao_45.2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9373/indicacao_46.2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9377/indicacao_47.2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9378/indicacao_48.2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9379/indicacao_49.2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9380/indicacao_50.2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9381/indicacao_51.2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9382/indicacao_52.2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9383/indicacao_53.2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9384/indicacao_54.2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9385/indicacao_55.2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9386/indicacao_56.2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9387/indicacao_57.2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9388/58-2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9389/indicacao_59.2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9395/indicacao_60.2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9396/indicacao_61.2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9397/indicacao_62.2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9399/indicacao_63.2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9400/64-2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9407/indicacao_65.2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9408/indicacao_66.2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9413/indicacao_67.2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9414/indicacao_68.2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9415/indicacao_69.2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9416/indicacao_70.2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9417/indicacao_71.2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9418/indicacao_722026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9419/indicacao_73.2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9420/indicacao_74.2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9421/indicacao_75.2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9422/indicacao_76.2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9432/indicacao_78.2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9433/indicacao_79.2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9434/indicacao_80.2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9435/indicacao_81.2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9436/indicacao_82.2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9437/indicacao_83.2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9438/indicacao_84.2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9439/indicacao_86.2026.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9440/indicacao_86.2026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9444/indicacao_87.2026.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9279/mocao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9280/mocao_02.2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9281/mocao_03.2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9282/mocao_04.2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9283/mocao_05.2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9284/mocao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9285/mocao_07-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9286/mocao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9287/mocao_9-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9288/mocao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9289/mocao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9290/mocao_12.2026.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9291/mocao_13.2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9292/mocao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9293/mocao_15-2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9294/mocao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9295/mocao_17-2026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9303/mocao_18-2026_completa.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9304/mocao_19-2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9305/mocao_20-2026.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9306/mocao_21-2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9307/mocao_22-2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9308/mocao_23-2026.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9320/mocao_24-2026.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9321/mocao_25.2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9346/mocao_26-2026.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9347/mocao_27-2026.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9352/mocao_28-2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9353/mocao_29-2026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9354/mocao_30-2026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9355/mocao_31-2026.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9358/mocao_32-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9359/mocao_33-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9360/mocao_34-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9362/mocao_36-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9401/mocao_37-2026.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9402/mocao_38-2026.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9426/mocao_44-2026.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9428/mocao_46-2026.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9300/pl_01-2026_-_campanha_julho_dourado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9339/pl_02-2026.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9344/pl_03-2026__-_dispoe_sobre_a_revisao_geral_anual_dos_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9345/pl_04-2026_concede_revisao_geral_anual_nos_vencimentos_base_dos_servidores_efetivos_e_comissionados_ativos_inativos_e_pensionistas_do_poder_legislativo_municipal_nos_termos_de.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9348/pl_05-2026__autoriza_a_concessao_de_subvencoes_sociais_auxilios_ou_contribuicoes_as_entidades_que_menciona_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9349/pl_06-2026__autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_fundacao_banco_do_brasil_com_o_objetivo_de_executar_o_programa_integracao_aabb.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9350/pl_07-2026__autoriza_a_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_r_8.272.00000_em_favor_de_d.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9390/pl_09-2026_dispoe_sobre_denominacao_da_viela_endina_marques_de_oliveira_no_bairro_centro_na_sededeste_municipio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9391/pl_10-2026_aletera_a_lei_no_2.236-2000_que_dispoe_sobre_denominacao_de_ruas_e_loteamento_pinheiro_iii_bairro_bom_pastor__nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9398/pl_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9409/projeto_de_lei_2026_cessao_de_patricia_soti_huebra_para_justica_federal.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9430/pl13-2026.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9443/pl_no_14-2026.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9454/pl_15.2026.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9463/pl_16-2026_supremo_de_frango_2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9464/pl_17-2026_com_declaracao_dados_sensiveis..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9351/pl_08-2026__altera_a_lei_complementar_municipal_no_022017_para_incluir_subitens_na_tabela_ii_do_art._40..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9338/pr_01-2026_dispoe_sobre_o_codigo_de_etica_e_decoro_parlamentar_da_camara_municipal_de_manhuacu.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9340/pr_02-2026_altera_a_politica_arquivistica_institucional_a_tabela_de_temporariedade.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9411/pr_03-2026.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9299/requerimento_no_02-2026_solicita_informacoes_sobre_a_situacao_do_cargo_de_medico_coloproctologista_no_municipio_de_manhuacu.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9393/relatorio_-_3o_quadrimestre_de_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9394/3o_quadrimestre_2025_-_conselho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9403/prestacao_de_contas_2025_-_dezembro_de__2025_-.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2026/9404/prestacao_de_contas_2025_-_janeiro_de__2026_-.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="37.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="74.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="247.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -739,681 +2502,4938 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F11" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F12" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="H15" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="H16" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F17" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F18" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="H19" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="D20" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F20" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="H20" t="s">
-        <v>73</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F21" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="H21" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="D22" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E22" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F22" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="H22" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>81</v>
+        <v>105</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="D23" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E23" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F23" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>14</v>
+        <v>108</v>
       </c>
       <c r="H23" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="D24" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E24" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F24" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>14</v>
+        <v>112</v>
       </c>
       <c r="H24" t="s">
-        <v>88</v>
+        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D25" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E25" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F25" t="s">
-        <v>28</v>
+        <v>107</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>14</v>
+        <v>116</v>
       </c>
       <c r="H25" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" t="s">
+        <v>37</v>
+      </c>
+      <c r="E26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F26" t="s">
+        <v>120</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H26" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>124</v>
+      </c>
+      <c r="D27" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27" t="s">
+        <v>120</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H27" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>127</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>128</v>
+      </c>
+      <c r="D28" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28" t="s">
+        <v>120</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H28" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>131</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>132</v>
+      </c>
+      <c r="D29" t="s">
+        <v>37</v>
+      </c>
+      <c r="E29" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H29" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>135</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>136</v>
+      </c>
+      <c r="D30" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" t="s">
+        <v>38</v>
+      </c>
+      <c r="F30" t="s">
+        <v>53</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H30" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>139</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" t="s">
+        <v>37</v>
+      </c>
+      <c r="E31" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" t="s">
+        <v>141</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H31" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>144</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>145</v>
+      </c>
+      <c r="D32" t="s">
+        <v>37</v>
+      </c>
+      <c r="E32" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32" t="s">
+        <v>141</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H32" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>148</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>149</v>
+      </c>
+      <c r="D33" t="s">
+        <v>37</v>
+      </c>
+      <c r="E33" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33" t="s">
+        <v>141</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H33" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>152</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>153</v>
+      </c>
+      <c r="D34" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" t="s">
+        <v>38</v>
+      </c>
+      <c r="F34" t="s">
+        <v>154</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H34" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>158</v>
+      </c>
+      <c r="D35" t="s">
+        <v>37</v>
+      </c>
+      <c r="E35" t="s">
+        <v>38</v>
+      </c>
+      <c r="F35" t="s">
+        <v>154</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H35" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>161</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" t="s">
+        <v>37</v>
+      </c>
+      <c r="E36" t="s">
+        <v>38</v>
+      </c>
+      <c r="F36" t="s">
+        <v>154</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H36" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>165</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" t="s">
+        <v>37</v>
+      </c>
+      <c r="E37" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37" t="s">
+        <v>167</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H37" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>170</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>171</v>
+      </c>
+      <c r="D38" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" t="s">
+        <v>172</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H38" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>175</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>176</v>
+      </c>
+      <c r="D39" t="s">
+        <v>37</v>
+      </c>
+      <c r="E39" t="s">
+        <v>38</v>
+      </c>
+      <c r="F39" t="s">
+        <v>167</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H39" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>179</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>180</v>
+      </c>
+      <c r="D40" t="s">
+        <v>37</v>
+      </c>
+      <c r="E40" t="s">
+        <v>38</v>
+      </c>
+      <c r="F40" t="s">
+        <v>49</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H40" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>183</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>184</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F41" t="s">
+        <v>67</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H41" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>187</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>188</v>
+      </c>
+      <c r="D42" t="s">
+        <v>37</v>
+      </c>
+      <c r="E42" t="s">
+        <v>38</v>
+      </c>
+      <c r="F42" t="s">
+        <v>28</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H42" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>191</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>192</v>
+      </c>
+      <c r="D43" t="s">
+        <v>37</v>
+      </c>
+      <c r="E43" t="s">
+        <v>38</v>
+      </c>
+      <c r="F43" t="s">
+        <v>49</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H43" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>196</v>
+      </c>
+      <c r="D44" t="s">
+        <v>37</v>
+      </c>
+      <c r="E44" t="s">
+        <v>38</v>
+      </c>
+      <c r="F44" t="s">
+        <v>49</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H44" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>199</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>200</v>
+      </c>
+      <c r="D45" t="s">
+        <v>37</v>
+      </c>
+      <c r="E45" t="s">
+        <v>38</v>
+      </c>
+      <c r="F45" t="s">
+        <v>154</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H45" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>203</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" t="s">
+        <v>37</v>
+      </c>
+      <c r="E46" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" t="s">
+        <v>28</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H46" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>207</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>208</v>
+      </c>
+      <c r="D47" t="s">
+        <v>37</v>
+      </c>
+      <c r="E47" t="s">
+        <v>38</v>
+      </c>
+      <c r="F47" t="s">
+        <v>154</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H47" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>211</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>212</v>
+      </c>
+      <c r="D48" t="s">
+        <v>37</v>
+      </c>
+      <c r="E48" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" t="s">
+        <v>167</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H48" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>215</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>216</v>
+      </c>
+      <c r="D49" t="s">
+        <v>37</v>
+      </c>
+      <c r="E49" t="s">
+        <v>38</v>
+      </c>
+      <c r="F49" t="s">
+        <v>107</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H49" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>219</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>220</v>
+      </c>
+      <c r="D50" t="s">
+        <v>37</v>
+      </c>
+      <c r="E50" t="s">
+        <v>38</v>
+      </c>
+      <c r="F50" t="s">
+        <v>107</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H50" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>223</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" t="s">
+        <v>37</v>
+      </c>
+      <c r="E51" t="s">
+        <v>38</v>
+      </c>
+      <c r="F51" t="s">
+        <v>120</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H51" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>227</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>228</v>
+      </c>
+      <c r="D52" t="s">
+        <v>37</v>
+      </c>
+      <c r="E52" t="s">
+        <v>38</v>
+      </c>
+      <c r="F52" t="s">
+        <v>120</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H52" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>231</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>232</v>
+      </c>
+      <c r="D53" t="s">
+        <v>37</v>
+      </c>
+      <c r="E53" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" t="s">
+        <v>72</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H53" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>235</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>236</v>
+      </c>
+      <c r="D54" t="s">
+        <v>37</v>
+      </c>
+      <c r="E54" t="s">
+        <v>38</v>
+      </c>
+      <c r="F54" t="s">
+        <v>120</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H54" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>239</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>240</v>
+      </c>
+      <c r="D55" t="s">
+        <v>37</v>
+      </c>
+      <c r="E55" t="s">
+        <v>38</v>
+      </c>
+      <c r="F55" t="s">
+        <v>53</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H55" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>243</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>244</v>
+      </c>
+      <c r="D56" t="s">
+        <v>37</v>
+      </c>
+      <c r="E56" t="s">
+        <v>38</v>
+      </c>
+      <c r="F56" t="s">
+        <v>53</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H56" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>247</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>248</v>
+      </c>
+      <c r="D57" t="s">
+        <v>37</v>
+      </c>
+      <c r="E57" t="s">
+        <v>38</v>
+      </c>
+      <c r="F57" t="s">
+        <v>53</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H57" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>251</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>252</v>
+      </c>
+      <c r="D58" t="s">
+        <v>37</v>
+      </c>
+      <c r="E58" t="s">
+        <v>38</v>
+      </c>
+      <c r="F58" t="s">
+        <v>72</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H58" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>255</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>256</v>
+      </c>
+      <c r="D59" t="s">
+        <v>37</v>
+      </c>
+      <c r="E59" t="s">
+        <v>38</v>
+      </c>
+      <c r="F59" t="s">
+        <v>72</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H59" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>259</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" t="s">
+        <v>37</v>
+      </c>
+      <c r="E60" t="s">
+        <v>38</v>
+      </c>
+      <c r="F60" t="s">
+        <v>28</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H60" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>263</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>264</v>
+      </c>
+      <c r="D61" t="s">
+        <v>37</v>
+      </c>
+      <c r="E61" t="s">
+        <v>38</v>
+      </c>
+      <c r="F61" t="s">
+        <v>39</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H61" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>267</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>268</v>
+      </c>
+      <c r="D62" t="s">
+        <v>37</v>
+      </c>
+      <c r="E62" t="s">
+        <v>38</v>
+      </c>
+      <c r="F62" t="s">
+        <v>107</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H62" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>271</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>272</v>
+      </c>
+      <c r="D63" t="s">
+        <v>37</v>
+      </c>
+      <c r="E63" t="s">
+        <v>38</v>
+      </c>
+      <c r="F63" t="s">
+        <v>39</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H63" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>275</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>276</v>
+      </c>
+      <c r="D64" t="s">
+        <v>37</v>
+      </c>
+      <c r="E64" t="s">
+        <v>38</v>
+      </c>
+      <c r="F64" t="s">
+        <v>277</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H64" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>280</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>281</v>
+      </c>
+      <c r="D65" t="s">
+        <v>37</v>
+      </c>
+      <c r="E65" t="s">
+        <v>38</v>
+      </c>
+      <c r="F65" t="s">
+        <v>33</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H65" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>284</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>285</v>
+      </c>
+      <c r="D66" t="s">
+        <v>37</v>
+      </c>
+      <c r="E66" t="s">
+        <v>38</v>
+      </c>
+      <c r="F66" t="s">
+        <v>141</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H66" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>288</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>289</v>
+      </c>
+      <c r="D67" t="s">
+        <v>37</v>
+      </c>
+      <c r="E67" t="s">
+        <v>38</v>
+      </c>
+      <c r="F67" t="s">
+        <v>141</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H67" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>292</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>293</v>
+      </c>
+      <c r="D68" t="s">
+        <v>37</v>
+      </c>
+      <c r="E68" t="s">
+        <v>38</v>
+      </c>
+      <c r="F68" t="s">
+        <v>141</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H68" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>296</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>297</v>
+      </c>
+      <c r="D69" t="s">
+        <v>37</v>
+      </c>
+      <c r="E69" t="s">
+        <v>38</v>
+      </c>
+      <c r="F69" t="s">
+        <v>67</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H69" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>300</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>301</v>
+      </c>
+      <c r="D70" t="s">
+        <v>37</v>
+      </c>
+      <c r="E70" t="s">
+        <v>38</v>
+      </c>
+      <c r="F70" t="s">
+        <v>67</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H70" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>304</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>305</v>
+      </c>
+      <c r="D71" t="s">
+        <v>37</v>
+      </c>
+      <c r="E71" t="s">
+        <v>38</v>
+      </c>
+      <c r="F71" t="s">
+        <v>120</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H71" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>308</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>309</v>
+      </c>
+      <c r="D72" t="s">
+        <v>37</v>
+      </c>
+      <c r="E72" t="s">
+        <v>38</v>
+      </c>
+      <c r="F72" t="s">
+        <v>120</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H72" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>312</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>313</v>
+      </c>
+      <c r="D73" t="s">
+        <v>37</v>
+      </c>
+      <c r="E73" t="s">
+        <v>38</v>
+      </c>
+      <c r="F73" t="s">
+        <v>49</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H73" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>316</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>317</v>
+      </c>
+      <c r="D74" t="s">
+        <v>37</v>
+      </c>
+      <c r="E74" t="s">
+        <v>38</v>
+      </c>
+      <c r="F74" t="s">
+        <v>49</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H74" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>320</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>321</v>
+      </c>
+      <c r="D75" t="s">
+        <v>37</v>
+      </c>
+      <c r="E75" t="s">
+        <v>38</v>
+      </c>
+      <c r="F75" t="s">
+        <v>49</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H75" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>324</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>325</v>
+      </c>
+      <c r="D76" t="s">
+        <v>37</v>
+      </c>
+      <c r="E76" t="s">
+        <v>38</v>
+      </c>
+      <c r="F76" t="s">
+        <v>326</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H76" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>329</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>330</v>
+      </c>
+      <c r="D77" t="s">
+        <v>37</v>
+      </c>
+      <c r="E77" t="s">
+        <v>38</v>
+      </c>
+      <c r="F77" t="s">
+        <v>72</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H77" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>333</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>334</v>
+      </c>
+      <c r="D78" t="s">
+        <v>37</v>
+      </c>
+      <c r="E78" t="s">
+        <v>38</v>
+      </c>
+      <c r="F78" t="s">
+        <v>72</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H78" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>337</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>338</v>
+      </c>
+      <c r="D79" t="s">
+        <v>37</v>
+      </c>
+      <c r="E79" t="s">
+        <v>38</v>
+      </c>
+      <c r="F79" t="s">
+        <v>39</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H79" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>341</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>342</v>
+      </c>
+      <c r="D80" t="s">
+        <v>37</v>
+      </c>
+      <c r="E80" t="s">
+        <v>38</v>
+      </c>
+      <c r="F80" t="s">
+        <v>39</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H80" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>345</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>346</v>
+      </c>
+      <c r="D81" t="s">
+        <v>37</v>
+      </c>
+      <c r="E81" t="s">
+        <v>38</v>
+      </c>
+      <c r="F81" t="s">
+        <v>120</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H81" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>349</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>350</v>
+      </c>
+      <c r="D82" t="s">
+        <v>37</v>
+      </c>
+      <c r="E82" t="s">
+        <v>38</v>
+      </c>
+      <c r="F82" t="s">
+        <v>39</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H82" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>353</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>354</v>
+      </c>
+      <c r="D83" t="s">
+        <v>37</v>
+      </c>
+      <c r="E83" t="s">
+        <v>38</v>
+      </c>
+      <c r="F83" t="s">
+        <v>28</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H83" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>357</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>358</v>
+      </c>
+      <c r="D84" t="s">
+        <v>37</v>
+      </c>
+      <c r="E84" t="s">
+        <v>38</v>
+      </c>
+      <c r="F84" t="s">
+        <v>107</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H84" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>361</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>362</v>
+      </c>
+      <c r="D85" t="s">
+        <v>37</v>
+      </c>
+      <c r="E85" t="s">
+        <v>38</v>
+      </c>
+      <c r="F85" t="s">
+        <v>107</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H85" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>365</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>366</v>
+      </c>
+      <c r="D86" t="s">
+        <v>37</v>
+      </c>
+      <c r="E86" t="s">
+        <v>38</v>
+      </c>
+      <c r="F86" t="s">
+        <v>107</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H86" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>369</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>370</v>
+      </c>
+      <c r="D87" t="s">
+        <v>37</v>
+      </c>
+      <c r="E87" t="s">
+        <v>38</v>
+      </c>
+      <c r="F87" t="s">
+        <v>67</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H87" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>373</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>374</v>
+      </c>
+      <c r="D88" t="s">
+        <v>37</v>
+      </c>
+      <c r="E88" t="s">
+        <v>38</v>
+      </c>
+      <c r="F88" t="s">
+        <v>67</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H88" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>377</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>378</v>
+      </c>
+      <c r="D89" t="s">
+        <v>37</v>
+      </c>
+      <c r="E89" t="s">
+        <v>38</v>
+      </c>
+      <c r="F89" t="s">
+        <v>67</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H89" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>381</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>382</v>
+      </c>
+      <c r="D90" t="s">
+        <v>37</v>
+      </c>
+      <c r="E90" t="s">
+        <v>38</v>
+      </c>
+      <c r="F90" t="s">
+        <v>141</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H90" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>385</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>386</v>
+      </c>
+      <c r="D91" t="s">
+        <v>37</v>
+      </c>
+      <c r="E91" t="s">
+        <v>38</v>
+      </c>
+      <c r="F91" t="s">
+        <v>141</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H91" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>389</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>390</v>
+      </c>
+      <c r="D92" t="s">
+        <v>37</v>
+      </c>
+      <c r="E92" t="s">
+        <v>38</v>
+      </c>
+      <c r="F92" t="s">
+        <v>141</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H92" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>393</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>394</v>
+      </c>
+      <c r="D93" t="s">
+        <v>37</v>
+      </c>
+      <c r="E93" t="s">
+        <v>38</v>
+      </c>
+      <c r="F93" t="s">
+        <v>98</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H93" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>397</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>398</v>
+      </c>
+      <c r="D94" t="s">
+        <v>37</v>
+      </c>
+      <c r="E94" t="s">
+        <v>38</v>
+      </c>
+      <c r="F94" t="s">
+        <v>49</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H94" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>400</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>401</v>
+      </c>
+      <c r="D95" t="s">
+        <v>37</v>
+      </c>
+      <c r="E95" t="s">
+        <v>38</v>
+      </c>
+      <c r="F95" t="s">
+        <v>53</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H95" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>403</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>404</v>
+      </c>
+      <c r="D96" t="s">
+        <v>37</v>
+      </c>
+      <c r="E96" t="s">
+        <v>38</v>
+      </c>
+      <c r="F96" t="s">
+        <v>53</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H96" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>406</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>407</v>
+      </c>
+      <c r="D97" t="s">
+        <v>37</v>
+      </c>
+      <c r="E97" t="s">
+        <v>38</v>
+      </c>
+      <c r="F97" t="s">
+        <v>53</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H97" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>409</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>410</v>
+      </c>
+      <c r="D98" t="s">
+        <v>37</v>
+      </c>
+      <c r="E98" t="s">
+        <v>38</v>
+      </c>
+      <c r="F98" t="s">
+        <v>167</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H98" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>412</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>413</v>
+      </c>
+      <c r="D99" t="s">
+        <v>37</v>
+      </c>
+      <c r="E99" t="s">
+        <v>38</v>
+      </c>
+      <c r="F99" t="s">
+        <v>120</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H99" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>415</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>416</v>
+      </c>
+      <c r="D100" t="s">
+        <v>37</v>
+      </c>
+      <c r="E100" t="s">
+        <v>38</v>
+      </c>
+      <c r="F100" t="s">
+        <v>120</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H100" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>418</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>419</v>
+      </c>
+      <c r="D101" t="s">
+        <v>37</v>
+      </c>
+      <c r="E101" t="s">
+        <v>38</v>
+      </c>
+      <c r="F101" t="s">
+        <v>167</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H101" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>421</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>422</v>
+      </c>
+      <c r="D102" t="s">
+        <v>37</v>
+      </c>
+      <c r="E102" t="s">
+        <v>38</v>
+      </c>
+      <c r="F102" t="s">
+        <v>154</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H102" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>424</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>425</v>
+      </c>
+      <c r="D103" t="s">
+        <v>37</v>
+      </c>
+      <c r="E103" t="s">
+        <v>38</v>
+      </c>
+      <c r="F103" t="s">
+        <v>154</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H103" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>427</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>428</v>
+      </c>
+      <c r="D104" t="s">
+        <v>37</v>
+      </c>
+      <c r="E104" t="s">
+        <v>38</v>
+      </c>
+      <c r="F104" t="s">
+        <v>120</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H104" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>430</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>431</v>
+      </c>
+      <c r="D105" t="s">
+        <v>37</v>
+      </c>
+      <c r="E105" t="s">
+        <v>38</v>
+      </c>
+      <c r="F105" t="s">
+        <v>49</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H105" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>433</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>434</v>
+      </c>
+      <c r="D106" t="s">
+        <v>37</v>
+      </c>
+      <c r="E106" t="s">
+        <v>38</v>
+      </c>
+      <c r="F106" t="s">
+        <v>49</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H106" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>436</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>437</v>
+      </c>
+      <c r="E107" t="s">
+        <v>438</v>
+      </c>
+      <c r="F107" t="s">
+        <v>49</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H107" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>441</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" t="s">
+        <v>437</v>
+      </c>
+      <c r="E108" t="s">
+        <v>438</v>
+      </c>
+      <c r="F108" t="s">
+        <v>442</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H108" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>445</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>22</v>
+      </c>
+      <c r="D109" t="s">
+        <v>437</v>
+      </c>
+      <c r="E109" t="s">
+        <v>438</v>
+      </c>
+      <c r="F109" t="s">
+        <v>442</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H109" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>448</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>27</v>
+      </c>
+      <c r="D110" t="s">
+        <v>437</v>
+      </c>
+      <c r="E110" t="s">
+        <v>438</v>
+      </c>
+      <c r="F110" t="s">
+        <v>442</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H110" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>451</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" t="s">
+        <v>437</v>
+      </c>
+      <c r="E111" t="s">
+        <v>438</v>
+      </c>
+      <c r="F111" t="s">
+        <v>442</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H111" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>454</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>57</v>
+      </c>
+      <c r="D112" t="s">
+        <v>437</v>
+      </c>
+      <c r="E112" t="s">
+        <v>438</v>
+      </c>
+      <c r="F112" t="s">
+        <v>28</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H112" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>457</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>62</v>
+      </c>
+      <c r="D113" t="s">
+        <v>437</v>
+      </c>
+      <c r="E113" t="s">
+        <v>438</v>
+      </c>
+      <c r="F113" t="s">
+        <v>28</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H113" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>460</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>66</v>
+      </c>
+      <c r="D114" t="s">
+        <v>437</v>
+      </c>
+      <c r="E114" t="s">
+        <v>438</v>
+      </c>
+      <c r="F114" t="s">
+        <v>141</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H114" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>463</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>71</v>
+      </c>
+      <c r="D115" t="s">
+        <v>437</v>
+      </c>
+      <c r="E115" t="s">
+        <v>438</v>
+      </c>
+      <c r="F115" t="s">
+        <v>464</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H115" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>467</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>76</v>
+      </c>
+      <c r="D116" t="s">
+        <v>437</v>
+      </c>
+      <c r="E116" t="s">
+        <v>438</v>
+      </c>
+      <c r="F116" t="s">
+        <v>468</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H116" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>471</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>80</v>
+      </c>
+      <c r="D117" t="s">
+        <v>437</v>
+      </c>
+      <c r="E117" t="s">
+        <v>438</v>
+      </c>
+      <c r="F117" t="s">
+        <v>141</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H117" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>474</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>84</v>
+      </c>
+      <c r="D118" t="s">
+        <v>437</v>
+      </c>
+      <c r="E118" t="s">
+        <v>438</v>
+      </c>
+      <c r="F118" t="s">
+        <v>442</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H118" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>477</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>89</v>
+      </c>
+      <c r="D119" t="s">
+        <v>437</v>
+      </c>
+      <c r="E119" t="s">
+        <v>438</v>
+      </c>
+      <c r="F119" t="s">
+        <v>442</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H119" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>480</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>93</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D120" t="s">
+        <v>437</v>
+      </c>
+      <c r="E120" t="s">
+        <v>438</v>
+      </c>
+      <c r="F120" t="s">
+        <v>72</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H120" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>483</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>97</v>
+      </c>
+      <c r="D121" t="s">
+        <v>437</v>
+      </c>
+      <c r="E121" t="s">
+        <v>438</v>
+      </c>
+      <c r="F121" t="s">
+        <v>72</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H121" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>486</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>102</v>
+      </c>
+      <c r="D122" t="s">
+        <v>437</v>
+      </c>
+      <c r="E122" t="s">
+        <v>438</v>
+      </c>
+      <c r="F122" t="s">
+        <v>167</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H122" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>489</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>106</v>
+      </c>
+      <c r="D123" t="s">
+        <v>437</v>
+      </c>
+      <c r="E123" t="s">
+        <v>438</v>
+      </c>
+      <c r="F123" t="s">
+        <v>490</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H123" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>493</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>111</v>
+      </c>
+      <c r="D124" t="s">
+        <v>437</v>
+      </c>
+      <c r="E124" t="s">
+        <v>438</v>
+      </c>
+      <c r="F124" t="s">
+        <v>494</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H124" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>497</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>115</v>
+      </c>
+      <c r="D125" t="s">
+        <v>437</v>
+      </c>
+      <c r="E125" t="s">
+        <v>438</v>
+      </c>
+      <c r="F125" t="s">
+        <v>72</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H125" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>500</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>119</v>
+      </c>
+      <c r="D126" t="s">
+        <v>437</v>
+      </c>
+      <c r="E126" t="s">
+        <v>438</v>
+      </c>
+      <c r="F126" t="s">
+        <v>107</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H126" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>503</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>124</v>
+      </c>
+      <c r="D127" t="s">
+        <v>437</v>
+      </c>
+      <c r="E127" t="s">
+        <v>438</v>
+      </c>
+      <c r="F127" t="s">
+        <v>107</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H127" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>506</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>128</v>
+      </c>
+      <c r="D128" t="s">
+        <v>437</v>
+      </c>
+      <c r="E128" t="s">
+        <v>438</v>
+      </c>
+      <c r="F128" t="s">
+        <v>107</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H128" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>509</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>132</v>
+      </c>
+      <c r="D129" t="s">
+        <v>437</v>
+      </c>
+      <c r="E129" t="s">
+        <v>438</v>
+      </c>
+      <c r="F129" t="s">
+        <v>120</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H129" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>512</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>136</v>
+      </c>
+      <c r="D130" t="s">
+        <v>437</v>
+      </c>
+      <c r="E130" t="s">
+        <v>438</v>
+      </c>
+      <c r="F130" t="s">
+        <v>28</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H130" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>515</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>140</v>
+      </c>
+      <c r="D131" t="s">
+        <v>437</v>
+      </c>
+      <c r="E131" t="s">
+        <v>438</v>
+      </c>
+      <c r="F131" t="s">
+        <v>442</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H131" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>518</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>145</v>
+      </c>
+      <c r="D132" t="s">
+        <v>437</v>
+      </c>
+      <c r="E132" t="s">
+        <v>438</v>
+      </c>
+      <c r="F132" t="s">
+        <v>28</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H132" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>521</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>149</v>
+      </c>
+      <c r="D133" t="s">
+        <v>437</v>
+      </c>
+      <c r="E133" t="s">
+        <v>438</v>
+      </c>
+      <c r="F133" t="s">
+        <v>522</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H133" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>525</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>153</v>
+      </c>
+      <c r="D134" t="s">
+        <v>437</v>
+      </c>
+      <c r="E134" t="s">
+        <v>438</v>
+      </c>
+      <c r="F134" t="s">
+        <v>53</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H134" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>528</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>158</v>
+      </c>
+      <c r="D135" t="s">
+        <v>437</v>
+      </c>
+      <c r="E135" t="s">
+        <v>438</v>
+      </c>
+      <c r="F135" t="s">
+        <v>167</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H135" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>531</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>162</v>
+      </c>
+      <c r="D136" t="s">
+        <v>437</v>
+      </c>
+      <c r="E136" t="s">
+        <v>438</v>
+      </c>
+      <c r="F136" t="s">
+        <v>167</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H136" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>534</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>166</v>
+      </c>
+      <c r="D137" t="s">
+        <v>437</v>
+      </c>
+      <c r="E137" t="s">
+        <v>438</v>
+      </c>
+      <c r="F137" t="s">
+        <v>120</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H137" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>537</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>171</v>
+      </c>
+      <c r="D138" t="s">
+        <v>437</v>
+      </c>
+      <c r="E138" t="s">
+        <v>438</v>
+      </c>
+      <c r="F138" t="s">
+        <v>141</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H138" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>540</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>176</v>
+      </c>
+      <c r="D139" t="s">
+        <v>437</v>
+      </c>
+      <c r="E139" t="s">
+        <v>438</v>
+      </c>
+      <c r="F139" t="s">
+        <v>141</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H139" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>543</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>180</v>
+      </c>
+      <c r="D140" t="s">
+        <v>437</v>
+      </c>
+      <c r="E140" t="s">
+        <v>438</v>
+      </c>
+      <c r="F140" t="s">
+        <v>141</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H140" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>546</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>184</v>
+      </c>
+      <c r="D141" t="s">
+        <v>437</v>
+      </c>
+      <c r="E141" t="s">
+        <v>438</v>
+      </c>
+      <c r="F141" t="s">
+        <v>167</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H141" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>548</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>188</v>
+      </c>
+      <c r="D142" t="s">
+        <v>437</v>
+      </c>
+      <c r="E142" t="s">
+        <v>438</v>
+      </c>
+      <c r="F142" t="s">
+        <v>549</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H142" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>552</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>192</v>
+      </c>
+      <c r="D143" t="s">
+        <v>437</v>
+      </c>
+      <c r="E143" t="s">
+        <v>438</v>
+      </c>
+      <c r="F143" t="s">
+        <v>53</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H143" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>555</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>196</v>
+      </c>
+      <c r="D144" t="s">
+        <v>437</v>
+      </c>
+      <c r="E144" t="s">
+        <v>438</v>
+      </c>
+      <c r="F144" t="s">
+        <v>53</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H144" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>558</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>200</v>
+      </c>
+      <c r="D145" t="s">
+        <v>437</v>
+      </c>
+      <c r="E145" t="s">
+        <v>438</v>
+      </c>
+      <c r="F145" t="s">
+        <v>120</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H145" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>560</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>204</v>
+      </c>
+      <c r="D146" t="s">
+        <v>437</v>
+      </c>
+      <c r="E146" t="s">
+        <v>438</v>
+      </c>
+      <c r="F146" t="s">
+        <v>167</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H146" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>562</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>208</v>
+      </c>
+      <c r="D147" t="s">
+        <v>437</v>
+      </c>
+      <c r="E147" t="s">
+        <v>438</v>
+      </c>
+      <c r="F147" t="s">
+        <v>67</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H147" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>564</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>212</v>
+      </c>
+      <c r="D148" t="s">
+        <v>437</v>
+      </c>
+      <c r="E148" t="s">
+        <v>438</v>
+      </c>
+      <c r="F148" t="s">
+        <v>49</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H148" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>566</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>216</v>
+      </c>
+      <c r="D149" t="s">
+        <v>437</v>
+      </c>
+      <c r="E149" t="s">
+        <v>438</v>
+      </c>
+      <c r="F149" t="s">
+        <v>49</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H149" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>568</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>220</v>
+      </c>
+      <c r="D150" t="s">
+        <v>437</v>
+      </c>
+      <c r="E150" t="s">
+        <v>438</v>
+      </c>
+      <c r="F150" t="s">
+        <v>141</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H150" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>571</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>224</v>
+      </c>
+      <c r="D151" t="s">
+        <v>437</v>
+      </c>
+      <c r="E151" t="s">
+        <v>438</v>
+      </c>
+      <c r="F151" t="s">
+        <v>141</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H151" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>573</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>228</v>
+      </c>
+      <c r="D152" t="s">
+        <v>437</v>
+      </c>
+      <c r="E152" t="s">
+        <v>438</v>
+      </c>
+      <c r="F152" t="s">
+        <v>141</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H152" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>576</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>232</v>
+      </c>
+      <c r="D153" t="s">
+        <v>437</v>
+      </c>
+      <c r="E153" t="s">
+        <v>438</v>
+      </c>
+      <c r="F153" t="s">
+        <v>167</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H153" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>578</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>236</v>
+      </c>
+      <c r="D154" t="s">
+        <v>437</v>
+      </c>
+      <c r="E154" t="s">
+        <v>438</v>
+      </c>
+      <c r="F154" t="s">
+        <v>120</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H154" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>580</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>240</v>
+      </c>
+      <c r="D155" t="s">
+        <v>437</v>
+      </c>
+      <c r="E155" t="s">
+        <v>438</v>
+      </c>
+      <c r="F155" t="s">
+        <v>581</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H155" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>583</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>244</v>
+      </c>
+      <c r="D156" t="s">
+        <v>437</v>
+      </c>
+      <c r="E156" t="s">
+        <v>438</v>
+      </c>
+      <c r="F156" t="s">
+        <v>53</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H156" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>585</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>248</v>
+      </c>
+      <c r="D157" t="s">
+        <v>437</v>
+      </c>
+      <c r="E157" t="s">
+        <v>438</v>
+      </c>
+      <c r="F157" t="s">
+        <v>167</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H157" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>587</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>252</v>
+      </c>
+      <c r="D158" t="s">
+        <v>437</v>
+      </c>
+      <c r="E158" t="s">
+        <v>438</v>
+      </c>
+      <c r="F158" t="s">
+        <v>167</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H158" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>589</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>10</v>
+      </c>
+      <c r="D159" t="s">
+        <v>590</v>
+      </c>
+      <c r="E159" t="s">
+        <v>591</v>
+      </c>
+      <c r="F159" t="s">
+        <v>53</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H159" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>594</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
         <v>17</v>
       </c>
-      <c r="D26" t="s">
-[...12 lines deleted...]
-        <v>94</v>
+      <c r="D160" t="s">
+        <v>590</v>
+      </c>
+      <c r="E160" t="s">
+        <v>591</v>
+      </c>
+      <c r="F160" t="s">
+        <v>18</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H160" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>597</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>22</v>
+      </c>
+      <c r="D161" t="s">
+        <v>590</v>
+      </c>
+      <c r="E161" t="s">
+        <v>591</v>
+      </c>
+      <c r="F161" t="s">
+        <v>598</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H161" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>601</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>27</v>
+      </c>
+      <c r="D162" t="s">
+        <v>590</v>
+      </c>
+      <c r="E162" t="s">
+        <v>591</v>
+      </c>
+      <c r="F162" t="s">
+        <v>602</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H162" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>605</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>32</v>
+      </c>
+      <c r="D163" t="s">
+        <v>590</v>
+      </c>
+      <c r="E163" t="s">
+        <v>591</v>
+      </c>
+      <c r="F163" t="s">
+        <v>598</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H163" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>608</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>57</v>
+      </c>
+      <c r="D164" t="s">
+        <v>590</v>
+      </c>
+      <c r="E164" t="s">
+        <v>591</v>
+      </c>
+      <c r="F164" t="s">
+        <v>598</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H164" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>611</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>62</v>
+      </c>
+      <c r="D165" t="s">
+        <v>590</v>
+      </c>
+      <c r="E165" t="s">
+        <v>591</v>
+      </c>
+      <c r="F165" t="s">
+        <v>598</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H165" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>614</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>71</v>
+      </c>
+      <c r="D166" t="s">
+        <v>590</v>
+      </c>
+      <c r="E166" t="s">
+        <v>591</v>
+      </c>
+      <c r="F166" t="s">
+        <v>98</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H166" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>617</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>76</v>
+      </c>
+      <c r="D167" t="s">
+        <v>590</v>
+      </c>
+      <c r="E167" t="s">
+        <v>591</v>
+      </c>
+      <c r="F167" t="s">
+        <v>98</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H167" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>620</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>80</v>
+      </c>
+      <c r="D168" t="s">
+        <v>590</v>
+      </c>
+      <c r="E168" t="s">
+        <v>591</v>
+      </c>
+      <c r="F168" t="s">
+        <v>598</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H168" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>623</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>84</v>
+      </c>
+      <c r="D169" t="s">
+        <v>590</v>
+      </c>
+      <c r="E169" t="s">
+        <v>591</v>
+      </c>
+      <c r="F169" t="s">
+        <v>18</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H169" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>626</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>89</v>
+      </c>
+      <c r="D170" t="s">
+        <v>590</v>
+      </c>
+      <c r="E170" t="s">
+        <v>591</v>
+      </c>
+      <c r="F170" t="s">
+        <v>141</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H170" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>629</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>93</v>
+      </c>
+      <c r="D171" t="s">
+        <v>590</v>
+      </c>
+      <c r="E171" t="s">
+        <v>591</v>
+      </c>
+      <c r="F171" t="s">
+        <v>18</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H171" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>632</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>97</v>
+      </c>
+      <c r="D172" t="s">
+        <v>590</v>
+      </c>
+      <c r="E172" t="s">
+        <v>591</v>
+      </c>
+      <c r="F172" t="s">
+        <v>442</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H172" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>635</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>102</v>
+      </c>
+      <c r="D173" t="s">
+        <v>590</v>
+      </c>
+      <c r="E173" t="s">
+        <v>591</v>
+      </c>
+      <c r="F173" t="s">
+        <v>598</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H173" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>638</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>106</v>
+      </c>
+      <c r="D174" t="s">
+        <v>590</v>
+      </c>
+      <c r="E174" t="s">
+        <v>591</v>
+      </c>
+      <c r="F174" t="s">
+        <v>598</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H174" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>641</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>10</v>
+      </c>
+      <c r="D175" t="s">
+        <v>642</v>
+      </c>
+      <c r="E175" t="s">
+        <v>643</v>
+      </c>
+      <c r="F175" t="s">
+        <v>598</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H175" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>646</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>10</v>
+      </c>
+      <c r="D176" t="s">
+        <v>647</v>
+      </c>
+      <c r="E176" t="s">
+        <v>648</v>
+      </c>
+      <c r="F176" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H176" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>651</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>17</v>
+      </c>
+      <c r="D177" t="s">
+        <v>647</v>
+      </c>
+      <c r="E177" t="s">
+        <v>648</v>
+      </c>
+      <c r="F177" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H177" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>654</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>22</v>
+      </c>
+      <c r="D178" t="s">
+        <v>647</v>
+      </c>
+      <c r="E178" t="s">
+        <v>648</v>
+      </c>
+      <c r="F178" t="s">
+        <v>18</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H178" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>657</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" t="s">
+        <v>658</v>
+      </c>
+      <c r="E179" t="s">
+        <v>659</v>
+      </c>
+      <c r="F179" t="s">
+        <v>53</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H179" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>661</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" t="s">
+        <v>658</v>
+      </c>
+      <c r="E180" t="s">
+        <v>659</v>
+      </c>
+      <c r="F180" t="s">
+        <v>49</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H180" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>664</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>10</v>
+      </c>
+      <c r="D181" t="s">
+        <v>665</v>
+      </c>
+      <c r="E181" t="s">
+        <v>666</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H181" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>669</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>10</v>
+      </c>
+      <c r="D182" t="s">
+        <v>670</v>
+      </c>
+      <c r="E182" t="s">
+        <v>671</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H182" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>674</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>17</v>
+      </c>
+      <c r="D183" t="s">
+        <v>670</v>
+      </c>
+      <c r="E183" t="s">
+        <v>671</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H183" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>677</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>22</v>
+      </c>
+      <c r="D184" t="s">
+        <v>670</v>
+      </c>
+      <c r="E184" t="s">
+        <v>671</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H184" t="s">
+        <v>679</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>