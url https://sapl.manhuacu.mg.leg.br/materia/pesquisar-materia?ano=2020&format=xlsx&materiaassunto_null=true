--- v0 (2025-12-08)
+++ v1 (2026-03-13)
@@ -54,4327 +54,4327 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei</t>
   </si>
   <si>
     <t>Gilsinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA, onde alterou a redação do Art. 6º, para a seguinte:_x000D_
 _x000D_
 “Art. 6º.: Será cobrado o estacionamento rotativo em toda área comercial da sede do município, excluída área residencial da sede e todas as vias dos distritos, regulamentação que se dará por decreto do Poder Executivo indicando referidas áreas, bem como quantidade de vagas, os locais isentos e/ou livres de cobrança, as tarifas, os horários de funcionamento e as demais normas necessárias à operação, controle, fiscalização e expedição de determinações gerais e especiais de natureza complementar”.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Zé Rulinha, Adalto, Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/emente-proj-02-202002.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/emente-proj-02-202002.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA, onde alterou a redação do Art. 6º, para a seguinte:_x000D_
 “Art. 6º.: Será cobrado o estacionamento rotativo em toda área comercial da sede do município, excluída área residencial da sede e todas as vias dos distritos, regulamentação que se dará por decreto do Poder Executivo indica_x000D_
 _x000D_
 EMENDA ADITIVA ONDE ACRESCENTAM PARÁGRAFOS 1º e 2º AO ARTIGO 6º., com a seguinte redação:_x000D_
 “Art. 6º.: ...._x000D_
 § 1º. Fica a empresa delegatária que vier a explorar o serviço de que trata esta Lei, obrigada a recolher aos cofres do município, o percentual de, no mínimo, 25%(vinte e cinco por cento) do valor bruto arrecadado mensalmente com a exploração de referido serviço, até o dia 10(dez) do mês subsequente, sob pena de rescisão contratual, independentemente de outras penalidades previstas no contrato de concessão._x000D_
 § 2º. O produto resultante do percentual fixado no § 1o será obrigatoriamente aplicado pelo Poder Executivo, na sua totalidade em ações e obras de melhorias no trânsito do município.”</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_no_01-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_no_01-2020.pdf</t>
   </si>
   <si>
     <t>Indica a recomposição de bloquetes na Rua Frederico Dolabela, Centro.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_n_02-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_n_02-2020.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza da Rua Milton Pinheiro, Bairro Pinheiro.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_n_03-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_n_03-2020.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza das ruas do Bairro Matinha.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_n_04-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_n_04-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de faixa de pedestre com urgência em frente à praça da Rua Júlio Bueno com a Vila Jurema Fernando Alves, Centro.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_n_05-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_n_05-2020.pdf</t>
   </si>
   <si>
     <t>Indicação a construção de uma creche no Bairro Bom Jardim.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_no_06-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_no_06-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal calçamento da Rua José Adolfo Assad, tendo início na escola de Vilanova e terminando no cemitério local.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1173/indicacao_no_07-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1173/indicacao_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal calçamento da Rua Darci Gomes  a partir da sua junção com a Rua Silvério Dutra.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1174/indicacao_n_08-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1174/indicacao_n_08-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura Municipal de Manhuaçu viabilize recurso financeiro do FIA para o Projeto Novo Horizonte (Pequeninos do Reino) para ajudar na construção da nova sede localizada no Centro Pastoral Bom Pastor.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Jorge do Ibéria</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/indicacao_no_09-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/indicacao_no_09-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do campo de futebol de Vilanova.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/indicacao_no_10-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/indicacao_no_10-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do campo de futebol de Bom Jesus de Realeza.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Indica a reforma das duas quadras poliesportivas de Vilanova.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/indicacao_no_12-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/indicacao_no_12-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal calçamento da Rua Darci Gomes a partir da sua junção com a Rua Travessa JK.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Vantuil</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/indicacao_no_13-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/indicacao_no_13-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de 25 metros de meio-fio e 720 metros de calçamento com bloquete na Rua Francisco Gabriel de Medeiros, situada ao lado do colégio estadual, em Dom Corrêa.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/indicacao_no_14-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/indicacao_no_14-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de 40 metros de meio-fio na Rua Omezina de farias, Bairro Nossa Senhora Aparecida, em Dom Corrêa.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/indicacao_no_15-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/indicacao_no_15-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo apoio com o valor de R$ 7.500,00 para a 7ª Copa de Marcha de Dom Corrêa, a ser realizada no dia 16 fevereiro de 2020, como patrocínio pelo evento em Dom Corrêa.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_no_16-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_no_16-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através do Departamento de Trânsito que realize melhorias para um melhor fluxo de carros na entrada do Supermercado Coelho Diniz, na Praça Cordovil Pinto Coelho.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_no_17-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_no_17-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da Secretaria de Obras que realize o calçamento da Rua de acesso à Engel Car na Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_no_18-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_no_18-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da Secretaria de Obras que realize a reforma do telhado da Quadra da Petrina  por se encontrar com varias  Goteiras e algumas telhas soltas.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_no_19-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_no_19-2020.pdf</t>
   </si>
   <si>
     <t>Indica a troca de braço de iluminação de poste para 3 metros na Rua Professora Mari Coelho Campos, Bairro Alfa Sul.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_no_20-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_no_20-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de creche no Bairro São Jorge.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Indica a construção de creche no Bairro Petrina.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Elenilton Martins</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/22-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/22-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do campo de futebol do distrito de Palmeiras.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Paulo Altino</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/ind-23-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/ind-23-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de Unidade Básica de Saúde (UBS) para atender aos moradores dos Bairros Lajinha e Bela Vista.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/ind-24-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/ind-24-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de Unidade Básica de Saúde (UBS) no Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/25-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/25-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de nova rede pluvial e esgoto na rua Alcino Salazar bairro São Vicente.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/26-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/26-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma rede pluvial na rua Ayrton Sena, Bairro Lajinha.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/27-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/27-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial na parte de trás da Secretaria Municipal de Saúde no bairro todos os Santos.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Tony Mix</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/28-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/28-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma da escadaria que dá acesso ao posto de saúde do Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/29-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/29-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que utilize o recurso devolvido pela Câmara Municipal de Manhuaçu em prol das famílias afetadas pela enchente por meio do auxílio de aluguel social, cestas básicas, roupas, móveis e utensílios.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/30-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/30-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que conceda isenção dos impostos e taxas aos empresários que tiveram seu comércio atingido pela enchente deste ano de 2020 pelo período de 04 (quatro) anos.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/ind-31-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/ind-31-2020.pdf</t>
   </si>
   <si>
     <t>01 - Que seja concedida pelo Poder Executivo Municipal, ISENÇÃO DE IPTU - EXERCÍCIO DE 2020,  a todos os imóveis residenciais e não residenciais edificados, que foram atingidos pelas cheias do Rio Manhuaçu, ocorridas recentemente._x000D_
 _x000D_
 02 - Que seja concedida ISENÇÃO DE TAXA DE LICENÇA E FUNCIONAMENTO, a todos os estabelecimentos comerciais, industriais e prestadores de serviço, que da mesma forma, também foram atingidos pelas cheias do Rio Manhuaçu, ocorridas recentemente.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/32-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/32-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a S. Exa., a Prefeitura Municipal de Manhuaçu acione e entre em entendimentos com as instituições financeiras que atuam no município, como Banco do Brasil S/A. Caixa Econômica Federal, SICOOB, Bradesco, Itaú e outras, como também entre em entendimento com as lojas, e especial as de comércio de móveis e utensílios, materiais de construção em geral, para que, primeiramente quanto as instituições financeiras, as mesmas ofereçam linhas de crédito em caráter especial, preferencialmente sem encargos financeiros, e quanto aos lojistas, criem modalidade de venda de móveis e eletrodomésticos e materiais de construção de forma parcelada, como aliás já fazem, todavia em condições especiais e diferenciadas para as pessoas e empresa de nosso município, que comprovadamente foram atingidas pelas cheias do Rio Manhuaçu, no último dia 24 para 25 de janeiro.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Indica a Exa. Prefeita Municipal de Manhuaçu, que parte do recurso que a Câmara devolveu possa ser usado para as pessoas que foram afetadas pela enchente, as pessoas que estão em estado de vulnerabilidade total, sem condição alguma de reconstruir suas vidas.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Cabo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/indicacao_no_34-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/indicacao_no_34-2020.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhada à Prefeita Municipal para que intervenha junto ao SAAE e tome as providências necessárias para conceder ISENÇÃO DO PAGAMENTO DE FATURAS OU NÃO SENDO POSSÍVEL A COBRANÇA DA TAXA NO VALOR MÍNIMO ref. ao CONSUMO DE ÁGUA dos períodos de JANEIRO/2020 a março/2020 a todos os imóveis/economias residenciais e não residenciais que foram atingidos pelas cheias do Rio Manhuaçu, ocorridas recentemente</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/35-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/35-2020.pdf</t>
   </si>
   <si>
     <t>Indico a construção da ponte do Rio São Luiz, próximo ao Zé Foca. Estrada de acesso a Gameleira. Concreto armado;</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/36-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/36-2020.pdf</t>
   </si>
   <si>
     <t>Indico o calçamento do morro do córrego do São Roque, próximo ao loteamento Vila Real;</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/37-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/37-2020.pdf</t>
   </si>
   <si>
     <t>Indico que juntamente com o Presidente da Câmara Municipal de Manhuaçu, se reúna com Diretor do SAAE e Diretor da ENERGISA S/A, a primeira, concessionária do serviço de água e esgoto e a segunda, concessionária do fornecimento de energia elétrica, ambas deste município, para que ambas estabeleçam condições especiais, como dilação de prazo, descontos, cobrança de tarifa mínima, dentre outros benefícios, das unidades consumidoras(economias), tanto das empresas, como de cidadãos atingidos pela última cheia do Rio Manhuaçu, tudo conforme regulamento aprovado, como forma de minimizar condição de precariedade em que muitos se encontram e desta forma buscar recompor a sua condição de vida e desenvolvimento de suas atividades.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/38-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/38-2020.pdf</t>
   </si>
   <si>
     <t>Indico que a prefeitura de Manhuaçu viabilize estudos para construir um sistema de comportas / minibarragem no rio Manhuaçu, nas cachoeiras, no trecho final do bairro Engenho da Serra, a fim de utilizar como sistema de escoamento e controle do nível do rio no perímetro urbano</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/39-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/39-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma farmácia integrada no terreno da prefeitura municipal de Manhuaçu na Rua Princesa Isabel no distrito de Vilanova.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/40-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/40-2020.pdf</t>
   </si>
   <si>
     <t>Indico o estudo e a implantação da extensão do horário de funcionamento das UBS do distrito de Vilanova até às 22:00 horas.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/41-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/41-2020.pdf</t>
   </si>
   <si>
     <t>Indica o reparo do alambrado do campo de futebol da Ponte do Silva;</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Zé Rulinha, Cabo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/42-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/42-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização do recapeamento asfáltico do Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Adalto</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/43-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/43-2020.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de 20 manilhas 040 para o córrego arrozal. Pouco antes da chácara da Poliane Hott. Após a Vila Formosa.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/44-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/44-2020.pdf</t>
   </si>
   <si>
     <t>Indica colocação de saibro nas estradas onde passa a van escolar no córrego Barreiro de Cima.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/45-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/45-2020.pdf</t>
   </si>
   <si>
     <t>Indica colocação de saibro nas estradas onde passa a van escolar no córrego do Bálsamo.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Indico reforma do campo de futebol localizado na casa lar bem me quer, incluindo a construção de vestiário, retificando a indicação 88/2017.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/47-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/47-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a prefeitura de Manhuaçu faça a contenção da encosta próximo à Rua Waldemar Alves Dutra no sentido Vila Deolinda (Pesque Pague do Devaldo), devido a rachaduras e afundamento de parte da margem da rua, no bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/48-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/48-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a prefeitura de Manhuaçu faça a reconstrução / recuperação da ponte do Poço Fundo, conhecida como ponte do Dr. Abel, na zona rural de Manhuaçu.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/49-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/49-2020.pdf</t>
   </si>
   <si>
     <t>Indico o calçamento no morro da estrada do Córrego São Roque para o Córrego Boa Vista, no distrito de Vila Nova.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/50-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/50-2020.pdf</t>
   </si>
   <si>
     <t>Indico solicitação para patrolar e cascalhar a estrada da BR-116, passando por Bom Jesus do Realeza, e chegando no distrito de Santo Amaro de Minas.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/51-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/51-2020.pdf</t>
   </si>
   <si>
     <t>Indico solicitação para patrolar e cascalhar a estrada do córrego dos Pinheiros, que dá acesso à propriedade do senhor Tatão Silvério, em Vila Nova.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/52-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/52-2020.pdf</t>
   </si>
   <si>
     <t>Indico no Distrito de Dom Correa, na Rua Bom Jardim, extensão de 50 metros de meio-fio com colocação de dois postes com iluminaria e 50 metros de rede pluvial.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/53-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/53-2020.pdf</t>
   </si>
   <si>
     <t>Indico na Comunidade do Gavião - Córrego São Caetano - limpeza do trecho de 250 metros do córrego perto do acesso de uma ponte.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/54-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/54-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal de Manhuaçu que realize com URGÊNCIA a reforma dos guardas-corpos das pontes que foram danificados com a enchente.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/55-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/55-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeita Municipal de Manhuaçu que juntamente com o Presidente da Câmara Municipal de Manhuaçu, se reúna com Diretor do SAAE e Diretor da ENERGISA S/A, a primeira, concessionária do serviço de água e esgoto e a segunda, concessionária do fornecimento de energia elétrica, ambas deste município, para que ambas estabeleçam condições especiais, como dilação de prazo, descontos, cobrança de tarifa mínima, dentre outros benefícios, das unidades consumidoras(economias), tanto das empresas, como de cidadãos atingidos pela última cheia do Rio Manhuaçu, tudo conforme regulamento aprovado, como forma de minimizar condição de precariedade em que muitos se encontram e desta forma buscar recompor a sua condição de vida e desenvolvimento de suas atividades.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Paulo Altino, Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/56-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/56-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de praça de lazer e academia ao ar livre no Bairro Bela Vista, em frente à Igreja Católica e Igreja Presbiteriana.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/57-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/57-2020.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento da estrada do Córrego Boa Vista.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Indica o patrolamento da estrada da Bem Posta.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/59-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/59-2020.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento da estrada do Córrego da Raiz.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/60-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/60-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Coordenadoria Regional do DER/MG em Manhumirim colocação de quebra-mola na MG-111, entre os Km 66 e 70, a fim de atender a demanda apresentada pelos moradores das comunidades rurais: Pedra Furada, Vargem Alegre, Barra do Jaguray, Barreiro no Município de Manhuaçu/MG, conforme abaixo-assinado encaminhado.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/61-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/61-2020.pdf</t>
   </si>
   <si>
     <t>Indica reforma do campo de futebol localizado na casa Lar Bem Me Quer no Bairro São Vicente, incluindo a construção de vestiário para melhor atender todos os atletas que utilizam deste, que é o único Campo que o Bairro tem para prática esportiva, retificando a indicação 88/2017.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/62-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/62-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro atrás da Apae para proteção dos moradores que residem na Rua Mascarenhas de Morais no Bairro São Vicente em caráter de urgência.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/63-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/63-2020.pdf</t>
   </si>
   <si>
     <t>Indica  a Cobertura na quadra da creche Tia Nilda em Vilanova.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/64-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/64-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial na Rua Andreza Filgueiras Batista, Bairro Colina.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/65-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/65-2020.pdf</t>
   </si>
   <si>
     <t>Indica a criação de abrigo pra passageiros próximo ao restaurante Colibri, no trecho da BR -262, entre Manhuaçu e Realeza.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/66-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/66-2020.pdf</t>
   </si>
   <si>
     <t>Indica  a colocação de iluminação no trecho da rodovia BR-116, entre as sedes dos distritos de Realeza e Vilanova.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/67-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/67-2020.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação de uma ponte de cimento na comunidade da Vila de Fátima - Córrego das Mangueiras (perto da casa dos senhores Tião Nestor e Marquinho).</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/68-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/68-2020.pdf</t>
   </si>
   <si>
     <t>Indica reforma geral no Campo de Futebol de Dom Correa, inclusive que seja feita a limpeza e pintura nos muros do campo e no vestiário.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/69-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/69-2020.pdf</t>
   </si>
   <si>
     <t>Indica reforma na Quadra Poliesportiva de Sacramento, inclusive que seja feita a limpeza e pintura nas paredes e nos vestiários.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/70-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/70-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeita Municipal de Manhuaçu que envie a esta casa Projeto de Lei que altere o Código de Obras e/ou Posturas municipais, condicionando a liberação de alvarás para novas construções e/ou edificações a serem erguidas doravante no município, que sejam dotadas de equipamentos e instalações para a COLETA DE ÁGUA DAS CHUVAS, concedendo-lhes em contrapartida, benefício fiscal de redução no valor de IPTU por certo período, como forma de diminuir o volume de águas escoadas e como modo de aproveitamento destas águas para utilização em áreas de serviço e banheiros das edificações, eliminando assim, a utilização de água tratada para uso em limpezas, descargas, como também o volume que acaba indo para rede pluvial.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/75-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/75-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de quadra poliesportiva no Bairro Santana.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/74-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/74-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento na Rua Vista Linda, Bairro Alfa Sul.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/73-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/73-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento na Rua Santa Inês, Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Rogerinho, Administrador Rodrigo, Paulo Altino</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/idc_74-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/idc_74-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de Unidade Básica de Saúde (UBS) no Bairro Lajinha, considerando o terreno doado pela empresa Gulozitos Alimentos para finalidade.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/75-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/75-2020.pdf</t>
   </si>
   <si>
     <t>Indica reparos na pavimentação da Avenida Castelo Branco, Bairro Santana, considerando a abertura de cratera no logradouro de principal acesso à localidade.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/76-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/76-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro de contenção na Rua Santa Fé, esquina com a Rua Treze de Maio - Bairro Matinha, considerando a enxurrada estar descendo na casa de Dona Lúcia.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/77-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/77-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Francisco Garcia Barbosa, Bairro Colina.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/78-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/78-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico de toda extensão da Rua Silas Pacheco, Bairro Colina.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/indicacao_no_79-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/indicacao_no_79-2020.pdf</t>
   </si>
   <si>
     <t>Indica obras de calçamento, através do programa "Caminhos do Campo" da Prefeitura de Manhuaçu, no Córrego São Sebastião, nas proximidades da casa da Sra. Natália Max.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/81-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/81-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reconstrução do Coreto da Praça do Bairro Alfa Sul.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/82-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/82-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial em toda extensão da Rua Alcino Salazar, no Bairro São Vicente.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/83-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/83-2020.pdf</t>
   </si>
   <si>
     <t>Indica o término da ponte de concreto na Comunidade Boa Vista/Pampulha, ponte próxima a BR-116, sentido Comunidade do Gavião/Córrego São Geraldo.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/84-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/84-2020.pdf</t>
   </si>
   <si>
     <t>Indica a solicitação de 20 caminhões de cascalho/saibro na estrada da Comunidade do Chicano, Barra Alegre, trecho Soledade até Malaquias.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1325/85-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1325/85-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua Raimundo Sabino Damasceno, na Ponte do Silva.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/86-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/86-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento ligando a Rua Raimundo Sabino Damasceno ao Cemitério Comunitário, no Distrito de Ponte do Silva.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/87-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/87-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma e alargamento da Ponte José Alfredo no distrito de Ponte do Silva. Não sendo possível a reforma, que seja construída uma nova ponte.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/88-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/88-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma da calçada em torno da Praça Martins Fraga,  no Parquinho, devido à enchente está cheia de buracos, para atender os moradores que fazem caminhada em torno da Praça.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/89-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/89-2020.pdf</t>
   </si>
   <si>
     <t>Indica, através da Secretaria do Meio Ambiente, para cortar uma árvore na Rua José Tertoliano Hot, número 129, no Bairro Lajinha, por estar correndo o risco de cair.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/90-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/90-2020.pdf</t>
   </si>
   <si>
     <t>Indica, através do Samal, a fiscalização para não jogarem lixo na estrada da APAC , uma vez que estão obstruindo a estrada.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/91-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/91-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Operação tapa buracos no Distrito de Vilanova, preferencialmente na Avenida João Teixeira.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/92-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/92-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento na Rua Três Irmãos.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/93-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/93-2020.pdf</t>
   </si>
   <si>
     <t>Indica o manilhamento, com manilha 0,100, na Rua dos Ipês, próximo ao Loteamento do Evandro.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/94-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/94-2020.pdf</t>
   </si>
   <si>
     <t>Indico a construção de rede pluvial na Vila Jurema Fernandes Alves, que fica entre a Rua Júlio Bueno e a Rua Sebastiana Moura.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/95-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/95-2020.pdf</t>
   </si>
   <si>
     <t>Indica a compra  de novos  containeres pra substituir os que estão danificados com a colocação do lixo.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/96-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/96-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma escada no Bairro Santa Terezinha, na Rua Beira Mata, Escadaria 2.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/97-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/97-2020.pdf</t>
   </si>
   <si>
     <t>Indica o pedido de  5 manilhas 0100, na Ponte perto  da casa do Sr. Geraldo (Córrego da Raiz).</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1346/idc_98-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1346/idc_98-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Avenida Letícia Vargas Pinheiro, Bairro Pinheiro II.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1347/idc_099-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1347/idc_099-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico da Rua Aparício Caldeira, Bairro Colina.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1348/idc_100-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1348/idc_100-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico da Rua Duarte Peixoto, Bairro Coqueiro.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1359/idc_101-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1359/idc_101-2020.pdf</t>
   </si>
   <si>
     <t>Indica a retomada das obras de construção do posto de saúde de Manhuaçuzinho.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1364/idc_102-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1364/idc_102-2020.pdf</t>
   </si>
   <si>
     <t>Indico que a Secretaria Municipal de Saúde busque uma alternativa para atender a fila de espera das consultas oftalmológicas existentes no SUS para que todos os cidadãos e cidadãs tenham a oportunidade de passar por uma consulta de avaliação do seu caso.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1365/idc_103-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1365/idc_103-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção da ponte do Barreiro na comunidade vargem alegre.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1366/idc_104-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1366/idc_104-2020.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação da ponte do poço fundo na comunidade do Barreiro;</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Elenilton Martins, Berenice do Carlos Tur</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1378/105-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1378/105-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de 100 metros de calçamento no Córrego Monte Alverne, próximo à propriedade do Sr. Geraldo Moreira.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1382/idc_106-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1382/idc_106-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Planejamento, a colocação de um Poste com luminária na Rua João Dias do Nascimento, no Bairro São Vicente, visto que possui um grande fluxo de pessoas e estudantes utilizando a rua.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1383/idc_107-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1383/idc_107-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Obras, realizar uma calçada na Rua Juventino Nunes, em frente a Mercearia Nossa Senhora Aparecida, visto que a falta da calçada está dificultando a passagem doa pedestres.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1384/idc_108-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1384/idc_108-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Obras, a reforma urgente do Corrimão da Ponte dos Arcos na Rua Júlio Bueno, visto o perigo para os pedestres que utilizam a ponte.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1385/idc_109-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1385/idc_109-2020.pdf</t>
   </si>
   <si>
     <t>Indica a roçagem do Bairro Matinha ao Alfaville.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1386/idc_110-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1386/idc_110-2020.pdf</t>
   </si>
   <si>
     <t>Indica para retirada de barrancos que desbarrancou atrás de algumas casas na Rua Judite Alves, no Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1387/idc_111-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1387/idc_111-2020.pdf</t>
   </si>
   <si>
     <t>Indica para  colocar luz em duas escadarias que dá acesso a Rua José Bertolace de Barros, no Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Indica a pedido dos moradores da comunidade, o Calçamento do Morro do Zé Lino, no Córrego do Gavião, Distrito de Dom Corrêa.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1390/idc_113-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1390/idc_113-2020.pdf</t>
   </si>
   <si>
     <t>Indica a pedido da Presidente do Conselho de Saúde (COUS) o término da obra do Posto de Saúde do Córrego do Manhuaçuzinho.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1391/idc_114-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1391/idc_114-2020.pdf</t>
   </si>
   <si>
     <t>Indica a pedido dos moradores da comunidade, o calçamento do Morro do Agripino no Córrego do Gavião, no Distrito de Dom Corrêa.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de uma Creche - Escola Infantil para atender crianças na rua Nironi Medeiros de Faria, bairro Nossa Senhora Aparecida, no distrito de Dom Corrêa, em Manhuaçu, com estrutura adequada conforme normas pré-estabelecidas pelo Ministério da Educação.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Zé Eugênio</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1399/116-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1399/116-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento no Córrego da Serra, nas proximidades da casa do senhor Juvenal e e da casa do senhor Creozoni.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1401/117-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1401/117-2020.pdf</t>
   </si>
   <si>
     <t>Indico a construção de ponte na comunidade da Boa Vista.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1402/118-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1402/118-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação pública desde a propriedade do Eduardo Xavier (entrada do centro pastoral bom pastor) até ao Castelo do café no bairro Alphaville.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1403/119-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1403/119-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de passarela ligando a Rua Mercedes Lima à Rua José Cândido Muniz, em frente ao ginásio poliesportivo do Distrito de Ponte do Silva.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Zé Rulinha, Berenice do Carlos Tur</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1404/120-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1404/120-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento com bloquetes no Córrego São Francisco, entre a fazenda do Dr. Osvaldo e a propriedade do Sr. João Pedro Borel.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1405/121-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1405/121-2020.pdf</t>
   </si>
   <si>
     <t>Indica o trifasiamento da rede de energia do Córrego da Raiz.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Indica o cascalhamento da estrada dos Pinheiros.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1407/123-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1407/123-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização de operação tapa-buraco nas ruas do Distrito de Vilanova.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1408/124-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1408/124-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Presidente da Câmara devolução de recursos de economia da Casa Legislativa à Prefeitura de Manhuaçu, destinados ao combate do coronavírus.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1409/125-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1409/125-2020.pdf</t>
   </si>
   <si>
     <t>Indica o entendimento entre os órgãos da Prefeitura de Manhuaçu, através do Comitê Gestor de Saúde Pública e Secretaria Municipal de Trabalho e Desenvolvimento Social, a fim prestar auxílio às famílias de trabalhadores autônomos em situação de vulnerabilidade em decorrência da pandemia do coronavírus, com a doação de cestas básicas.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1410/126-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1410/126-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura de Manhuaçu, por meio da Secretaria Municipal de Trabalho e Desenvolvimento Social, doação de kits de limpeza e higiene a famílias carentes de baixa renda cadastradas em programas sociais do governo federal no município, como medida de prevenção e combate à pandemia do coronavírus.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1411/127-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1411/127-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de posto de saúde no Bairro Todos os Santos.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1412/128-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1412/128-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de posto de saúde em Vila Formosa.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1413/129-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1413/129-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de posto de saúde no Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Indica à Prefeitura de Manhuaçu que faça a contratação de uma empresa para quebrar algumas pedras em trechos de estradas na zona rural do município de Manhuaçu.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1415/131-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1415/131-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura de Manhuaçu forneça material para calçamento de 140 metros da rua 3 no bairro Nossa Senhora Aparecida, em Dom Corrêa, tendo em vista que a comunidade se dispôs a fazer a obra em mutirão, dando a mão de obra.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1424/132-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1424/132-2020.pdf</t>
   </si>
   <si>
     <t>Indicaca o asfaltamento da Rua Silvério Afonso no Bairro Colina.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1425/133-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1425/133-2020.pdf</t>
   </si>
   <si>
     <t>Indicação de asfaltamento da Rua Oliveira no bairro Pinheiro.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1426/134-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1426/134-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através da Secretaria de Obras fazer  reparos  no Calçamento e resolver a situação da grande quantidade de água que desce na rua causando enorme prejuízos aos moradores da Rua : Juquinha Santana  no Bairro Sagrada Família  visto que já é a quinta vez que o calçamento é arrumado.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Indicação de asfaltamento da Rua Juquinha Santanano Bairro Sagrada família.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1428/136-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1428/136-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da Secretaria de Obras fazer os reparos tapando os buracos na rua Nelson Monteiro no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1429/137-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1429/137-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através da Secretaria de Obras os reparos tapando os buracos na Rua : Joaquim Pereira da Silva no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1433/138-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1433/138-2020.pdf</t>
   </si>
   <si>
     <t>Indica colocar Iluminaçao pública com inserção de luminária na Rua Reduto, no Bairro São Jorge.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1437/ind-139-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1437/ind-139-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial e de esgoto na Rua José Ribeiro Sobrinho, no bairro São Vicente.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1438/ind-140-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1438/ind-140-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura de Manhuaçu, através da Secretaria Municipal da Fazenda, regularize junto aos Correios a situação dos CEPs das ruas do bairro Alphaville para que os correios possam fazer a entrega das correspondências de todos os moradores.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1439/141-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1439/141-2020.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento da estrada que inicia no Parque de Exposições do Bairro Ponte da Aldeia até a estrada do Córrego São Sebastião e do Córrego dos Laias.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1440/142-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1440/142-2020.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento ou saibramento da estrada do Córrego Piedade, em Vila Formosa.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1441/143-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1441/143-2020.pdf</t>
   </si>
   <si>
     <t>Indica a continuidade de calçamento ou asfaltamento na entrada do Córrego Boa Vista, Bairro Ponte Aldeia, visto ter dado início, mas por ocorrência das chuvas foram destruídos os meios-fios e terraplanagem.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1467/144-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1467/144-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de quadra poliesportivo no córrego da Raiz onde atende quase 200 famílias.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1468/145-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1468/145-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de alambrado e iluminação no campo de futebol da Barra do Gameleira próximo a divisa de Manhuaçu com Luisburgo.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1469/ind-146-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1469/ind-146-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de duas faixas elevadas de pedestres na Rua Amaral Franco. _x000D_
 Justificativa: A construção das faixas elevadas de pedestres na citada rua é para atender as necessidades de segurança dos pedestres, em especial em horários noturnos, tendo em vista o excesso de velocidade praticado em horários mais avançados, necessitando desse tipo de restrição de velocidade dos motoristas e motociclistas.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Indica a reforma e limpeza no PSF de são Sebastião de sacramento posto de saúde.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1478/ind-148-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1478/ind-148-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de 200 metros de calçamentos no morro do córrego cachoeira alta perto da casa senhor Dunga.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1457/ind-149-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1457/ind-149-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da rua Adolfo Assad iniciando da escola até o cemitério.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1458/ind-150-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1458/ind-150-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da rua travessa JK próximo a casa do Regim.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1459/ind-151-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1459/ind-151-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da ponte até a chegada de bom Jesus.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1470/ind-152-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1470/ind-152-2020.pdf</t>
   </si>
   <si>
     <t>Construção de duas faixas elevadas de pedestres na Rua Antônio Welerson._x000D_
 Justificativa: A construção das faixas elevadas de pedestres na citada rua é para atender as necessidades de segurança dos pedestres, em especial em horários noturnos, tendo em vista o excesso de velocidade praticado em horários mais avançados, necessitando desse tipo de restrição de velocidade dos motoristas e motociclistas.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1471/ind-153-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1471/ind-153-2020.pdf</t>
   </si>
   <si>
     <t>Construção de duas faixas elevadas de pedestres na Praça Cinco de Novembro._x000D_
 Justificativa: A construção das faixas elevadas de pedestres na citada rua é para atender as necessidades de segurança dos pedestres, em especial em horários noturnos, tendo em vista o excesso de velocidade praticado em horários mais avançados, necessitando desse tipo de restrição de velocidade dos motoristas e motociclistas.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1472/ind-154-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1472/ind-154-2020.pdf</t>
   </si>
   <si>
     <t>Indicação que a Prefeitura de Manhuaçu adote providências urgentes para o reparo dos semáforos do cruzamento da Avenida Barão do Rio Branco com as ruas Felipe Nacif e Teócrito Pinheiro.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1473/ind-155-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1473/ind-155-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura realizar uma obra de construção de uma calçada no trecho em frente a Mercearia Nossa Senhora Aparecida (na calçada do antigo Ginásio) na rua Professor Juventino Nunes, no centro de Manhuaçu.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1474/ind-156-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1474/ind-156-2020.pdf</t>
   </si>
   <si>
     <t>Indica que sejam adquiridos novos contêineres e instalados nos locais retirados pela prefeitura/Samal, tendo em vista que vários foram retirados e não substituídos por novos.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1479/ind-157-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1479/ind-157-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de 150 metros de calçamento no morro perto da casa do senhor Fernando córrego Barra Alegre soledade.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1480/158-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1480/158-2020.pdf</t>
   </si>
   <si>
     <t>Indica recuperar a ponte da Vila Formosa.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1481/159-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1481/159-2020.pdf</t>
   </si>
   <si>
     <t>Indica recuperar a ponte do Córrego do Galho.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Indica recuperar a ponte da Vila cachoeirinha.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1485/161-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1485/161-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Rua Antônio Wellerson, Centro.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1486/162-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1486/162-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Rua Júlio Bueno, Centro.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1487/163-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1487/163-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Avenida Salime Nacif, Baixada.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1496/164-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1496/164-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Avenida Getúlio Vargas, Bairro Coqueiro.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1497/165-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1497/165-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Rua Felipe Nacif, Bairro Baixada.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1498/166-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1498/166-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Rua Juventino Nunes, Centro.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1501/167-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1501/167-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeita Municipal que inclua os pontos 01 a 09 no Programa Caminhos do Campo para receberem obras de infraestrutura em referidos pontos conforme mapa anexo, que os especificam, situados no Córrego Carapinas, zona rural de Manhuaçu-MG.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Allan do Alaor</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1503/ind-168-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1503/ind-168-2020.pdf</t>
   </si>
   <si>
     <t>Indica a solicitação de um estudo de viabilidade e entendimento com o governo de Minas Gerai, visando a construção da Ciclovia no final da Rua Luciana Ribeiro Pinheiro, Bom Pastor, até o Posto Picada, na margem da MG-111.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1504/ind-169-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1504/ind-169-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da estrada do Morro dos Três postes, Córrego do Barreiro, zona rural de Manhuaçu.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1505/ind-170-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1505/ind-170-2020.pdf</t>
   </si>
   <si>
     <t>Indica a concessão aos Agentes de Endemias, o pagamento da insalubridade máxima equivalente a 40%, enquanto perdurar a pandemia do covid-19._x000D_
 Justificativa: Devido a pandemia, esses profissionais estão expostos ao risco de serem infectados colocando inclusive suas próprias vidas em risco.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1507/ind-172-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1507/ind-172-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção da rede pluvial na Rua Engenheiro Renato Bataraes, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1508/ind-173-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1508/ind-173-2020.pdf</t>
   </si>
   <si>
     <t>Indica construção de Rede Pluvial na Rua Samuel de Fonseca, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1509/ind-174-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1509/ind-174-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de Rede Pluvial na Rua Antônio Justino, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1510/175-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1510/175-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de Rede Pluvial na Rua José da Costa Huebra, no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Indicação para que o municipio viabilize aquisição de materiais e equipamentos para realização de desinfecção de espaços públicos em toda a sede do municipio de Manhuaçu e seus distritos utilizando a expertise do Corpo de Bombeiros Militar de Manhuaçu e seguindo as normas técnicas da ANVISA.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1525/177-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1525/177-2020.pdf</t>
   </si>
   <si>
     <t>Indicação que a prefeitura tome as providências legais cabíveis para a reforma da subida da pedra furada: justificativa; o trecho está ficando impossibilitado de trafegar devido aos estragos ocasionados pela forte chuva no dia 25.01.2020</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1526/178-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1526/178-2020.pdf</t>
   </si>
   <si>
     <t>Indicação construção rede pluvial na rua professor Silas Heringer na altura do nº 931 no Bairro Engenho da Serra, pois a rede pluvial está a céu aberto e já existe o corte no local para passar a rede.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1527/179-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1527/179-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que o município adquira vacinas contra cinomose.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1529/180-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1529/180-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um novo cemitério municipal com banheiros e Capela Velório.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1532/181-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1532/181-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma unidade de saúde na comunidade de Bom Jesus de Realeza.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1533/182-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1533/182-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento do trecho da rodovia BR-116 até a sede da comunidade de Bom Jesus de Realeza.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1534/183-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1534/183-2020.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico das ruas e avenidas do distrito de Vilanova.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1535/ind-184-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1535/ind-184-2020.pdf</t>
   </si>
   <si>
     <t>Indicação de cerca de 50 metros de calçamento na estrada de Sacramento - córrego Boa Vista - sentido Palmeirinhas, perto da casa do senhor Piroca e do senhor Nem.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1536/ind-185-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1536/ind-185-2020.pdf</t>
   </si>
   <si>
     <t>Indicação de colocação de oito manilhas 0,40 e cinco manilhas 0,80, no trecho próximo da da casa da Mariza na estrada córrego São Caetano, na comunidade de Gavião</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1537/ind-186-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1537/ind-186-2020.pdf</t>
   </si>
   <si>
     <t>Indicação de colocação de 12 manilhas perto da casa do Carlim da oficina entrada da estrada que vai pra casa senhor Teté e 14 manilhas 0,60 perto da casa do senhor Joza, ambas na estrada de Palmeirinhas</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1538/ind_187-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1538/ind_187-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através da Secretaria de Planejamento a colocação de 6 postes com luminária na Rua Geraldo Pereira , próximo ao Posto Gentil no Bairro Pouso Alegre.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1539/ind_188-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1539/ind_188-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através da Secretaria de Planejamento a construção de uma praça no Trevo do Cafeicultor com duas quadras de Peteca . Para atender os jovens praticante desse esporte.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através do Samal e Secretaria de Saúde a higienização da Praça Martins Fraga , no Parquinho para maior segurança contra a Pandemia do Covid 19 aos moradores da localidade.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1542/ind_190-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1542/ind_190-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal, a pedido do cidadão Cristovão Rocha, refazer a numeração dos imóveis residenciais e comerciais situados na rua Nelson Monteiro, bairro Sagrada Família, nesta cidade. Esse procedimento torna-se necessário para facilitar o recebimento de correspondência e outros contatos, tendo em vista que a numeração atual dos imóveis encontra-se desordenada.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1543/ind_191-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1543/ind_191-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a colocação de números nas casas do distrito de Vilanova.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1544/ind_192-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1544/ind_192-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a pavimentação com asfalto ou bloquetes na rua Vicente de Paula Reis no bairro São Jorge.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1568/193-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1568/193-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Construção de um novo Terminal Rodoviário no Município de Manhuaçu.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1550/196-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1550/196-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação pública na escadaria da Rua José Tertuliano Hott, Bairro Lajinha.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1551/ind-197-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1551/ind-197-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de redutor de velocidade na ponte do Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1557/198-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1557/198-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial e esgoto na Rua Neide Celeste, Bairro Bom Jardim.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1560/199-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1560/199-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Saúde através da Vigilância Ambiental, que viabilize um novo local que atenda as exigências do CRMV e que este novo local possa executar suas atividades com segurança e atender todas as demandas dos animais em situação de rua de Manhuaçu conforme TAC firmado com o MP.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1573/200-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1573/200-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização de uma operação tapa-buracos ou o recapeamento das vias do bairro Ponte da Aldeia, especialmente na Rua Primeiro de Maio que concentra um grande fluxo de veículos.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1574/201-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1574/201-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura de Manhuaçu execute os serviços de finalização do corrimão da escadaria da rua José Felício Gomes, no bairro Engenho da Serra._x000D_
 Justificativa: Já foram feitas as indicações 123/2018 e 312/2017, além de um ofício, todos de minha autoria, à Secretaria de Obras em 15/02/2019 e a obra não foi finalizada. Tem mais de seis meses que iniciam o serviço e até agora a comunidade continua aguardando a conclusão.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Allan do Alaor, Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1575/202-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1575/202-2020.pdf</t>
   </si>
   <si>
     <t>Indica que seja executado o calçamento da estrada do morro dos pereiras, próximo ao Ponto de Apoio da ESF do Barreiro, Córrego do Barreiro, zona rural de Manhuaçu, tendo em vista tratar-se de um atendimento essencial à comunidade.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1576/203-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1576/203-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de 20 manilhas 0,50 para escoar a enxurrada para lateral da estrada que fica próximo ao curral onde foi a propriedade do Sr. Antônio Teodoro no Córrego Palmital.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1577/204-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1577/204-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Municipal a construção de Rede pluvial, a colocação de iluminação e esgoto na Rua Nelson Carlos Miguel, no Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1578/205-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1578/205-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Municipal a construção de Rede pluvial, a colocação de iluminação e esgoto na Rua Alcino Leonardo da Silva, no Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1612/206-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1612/206-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o calçamento do morro do Iran no córrego do gavião no distrito de Dom Corrêa.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Rogerinho, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1587/207-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1587/207-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Avenida Barão do Rio Branco, Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1588/208-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1588/208-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Avenida Melo Viana, Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1589/209-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1589/209-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Olímpio Vargas, Centro.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Allan do Alaor, Gilsinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1590/210-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1590/210-2020.pdf</t>
   </si>
   <si>
     <t>Indica o bloquetamento da Rua Vicente de Paula Reis, no Bairro São Jorge.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1613/211-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1613/211-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal o calçamento do pátio da escola de Vilanova, utilizado como estacionamento.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1592/212-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1592/212-2020.pdf</t>
   </si>
   <si>
     <t>Indica que os ESF do bairro Bom Pastor, seja equipado com Consultório e equipe de Saúde bucal visando garantir o atendimento odontológico da população.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1594/213-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1594/213-2020.pdf</t>
   </si>
   <si>
     <t>Extensão de Rede e Luminária da Rua Travessa Francisco Guerra até o Virador de Ônibus no Bairro Matinha.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1595/214-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1595/214-2020.pdf</t>
   </si>
   <si>
     <t>Água tratada do Saae, do final da Avenida Palmeiras até a Travessa Francisco Guerra.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1596/215-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1596/215-2020.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico da Rua Francisco Fialho, na Baixada.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1601/216-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1601/216-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através da Secretaria de Obras a revitalização da Pista de Skate da Praça da Rodoviária , para atender melhor os praticantes desse esporte.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1602/217-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1602/217-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através do Samal para aquisição de novos contêiner de lixos para substituição dos que não podem ser utilizados para maior conforto e segurança da população.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1603/218-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1603/218-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães através da Secretaria de Saúde  uma maior fiscalização das pessoas que chegam à cidade como forma de prevenção da entrada de pessoas contaminadas pelo Covid 19  em nossa cidade.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1604/219-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1604/219-2020.pdf</t>
   </si>
   <si>
     <t>Iluminação da quadra na Praçaa Silvério Afonso - Distrito de São Sebastião do Sacramento - Manhuaçu - MG</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1605/220-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1605/220-2020.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de poste com iluminação na Praça Dona Zula - Distrito de São Sebastião do Sacramento - Manhuaçu/MG.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1606/221-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1606/221-2020.pdf</t>
   </si>
   <si>
     <t>Indica a obra pública de uma academia ao ar livre a ser instalada na Praça Silvério Afonso, no Distrito de São Sebastião do Sacramento - Manhuaçu/MG.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1607/222-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1607/222-2020.pdf</t>
   </si>
   <si>
     <t>indicação ao executivo municipal o pagamento de gratificação a todos os funcionários municipais da saúde que estiverem na linha frente durante o período que permanecer a pandemia de covid-19.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1616/223-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1616/223-2020.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de postes de iluminação nas seguintes ruas: 01 poste na rua Antônio Calixto, 01 poste na rua da Flores e 01 Poste na escadaria que liga a rua Francisco Rocha a Rua santa Izabel.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Allan do Alaor</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1617/224-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1617/224-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Reforma do telhado, calçamento de pátio e construção de cerca da E. M. Nossa Senhora das Graças, no Córrego do Barreiro.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1632/225-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1632/225-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de 08 manilhas 0,60 no Córrego dos Malaquias (perto da casa do Senhor José Davina).</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1633/226-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1633/226-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de 15 manilhas 0,60 perto do calçamento na Comunidade Soledade (próximo da casa do Senhor José do Carmo) no Córrego Barra Alegre.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1634/227-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1634/227-2020.pdf</t>
   </si>
   <si>
     <t>Indica  a colocação de 400 metros de calçamento na saída de Dom Corrêa, sentido Vermelho Novo.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1635/228-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1635/228-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento, iluminação e rede de esgoto e pluvial na Rua Joaquim Pedro Vítor, Bairro Alfa Sul.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1636/229-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1636/229-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Valdomiro Nunes de Jesus, Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1637/230-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1637/230-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Monsenhor Gonzalez, Centro.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1639/231-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1639/231-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de luminária no poste que fica na Rua Cabo Enoque (esquina com Rua Alice Dias) no Bairro São Vicente._x000D_
 Justificativa: Moradores a noite tem que passar neste logradouro sem nenhuma iluminação.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1640/232-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1640/232-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento Municipal de Trânsito que faça o estudo de viabilidade para inserir regulamentação de trânsito, proibindo parar e estacionar na Rua Cabo Enoque, no Bairro São Vicente, do lado onde não existe garagens.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1642/233-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1642/233-2020.pdf</t>
   </si>
   <si>
     <t>Indica que substitua a pavimentação existente no final da Rua Otalino Moura, no Bairro São Vicente._x000D_
 Justificativa: A pavimentação no local, segundo os moradores do entorno, tem causado prejuízos aos proprietários de veículos e acidentes com pedestres em função da irregularidade do piso.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1643/234-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1643/234-2020.pdf</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães  através da Secretaria de Obras, tapar uns buracos na Rua Joaquim Pereira da Silva, no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1644/235-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1644/235-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Obras, tapar uns buracos na Rua Nelson Monteiro, no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1645/236-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1645/236-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de obras, consertar a calçada em torno da Praça Martins Fraga (Parquinho) para maior segurança e conforto da comunidade que frequenta a Praça.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1646/237-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1646/237-2020.pdf</t>
   </si>
   <si>
     <t>indica a extensão de rede com postes e iluminação pública na Rua Jaguaraí, no Bairro São Jorge, em Manhuaçu.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Cabo Ferreira, Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1647/238-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1647/238-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento/pavimentação do trecho da Rua Jaguaraí, no Bairro São Jorge, na cidade de Manhuaçu.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1648/239-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1648/239-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de poste com iluminação na Rua Geraldo Euzébio Dutra, em São Pedro do Avaí, Distrito de Manhuaçu.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1649/240-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1649/240-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento dos pontos críticos do morro que dá acesso a estrada principal do Córrego do Manhuaçuzinho ao morro do João Honório, no Córrego dos Pinheiros, no Distrito de Vilanova.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1650/241-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1650/241-2020.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de plano de saúde para os funcionários públicos municipais.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1651/242-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1651/242-2020.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de materiais para o calçamento da Rua Três Irmãos, em parceria com moradores em regime de mutirão. Referência (Rua do Ernani do táxi).</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1656/243-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1656/243-2020.pdf</t>
   </si>
   <si>
     <t>Indica que fixe a jornada de trabalho dos garis no município de Manhuaçu se realize no turno da manhã, melhorando assim o rendimento e qualidade do trabalho, questão da coleta e outros fatores.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1657/244-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1657/244-2020.pdf</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1658/245-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1658/245-2020.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada a Operação Tapa Buracos na Rua Raimundo Soares Vargas, até no virador do Engenho da Serra.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1667/246-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1667/246-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura de Manhuaçu ceder material de construção para fazer 10.000 bloquetes para colocação em frente à E. M. Vinte e Um de Abril e no campo do Córrego da Bem Posta.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1669/247-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1669/247-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o recapeamento asfáltico da Rua Luciano Ribeiro Pinheiro até o final da reta do Posto Picada.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1670/248-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1670/248-2020.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de um serviço de oncologia pelo SUS, em Manhuaçu.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1675/249.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1675/249.pdf</t>
   </si>
   <si>
     <t>Indica que realize a inserção de corrimão na Rampa da Rua Alice Dias, no Bairro São Vicente. _x000D_
 Justificativa: Vários moradores já sofreram acidentes no local e a todo o momento, da forma que está hoje, podem ocorrer novos acidentes. Desta forma, faço essa indicação em caráter de URGÊNCIA para sanar esse problema grave que a comunidade está tendo que conviver e através desta indicação será resolvido definitivamente.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1676/250-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1676/250-2020.pdf</t>
   </si>
   <si>
     <t>Indica melhorias da estrada do Córrego da Sinceridade, através do Programa “Caminhos do Campo” da Prefeitura de Manhuaçu, acesso entrando por Reduto, próximo ao pátio de veículos e Predalle, descendo a estrada do córrego.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Rogerinho, Cabo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1677/251-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1677/251-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento asfáltico da Rua Padre Afonso Hans, no Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1678/252-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1678/252-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Andreza Filgueiras, no Bairro Colina.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Indica que a Excelentíssima Senhora Prefeita entre em entendimento com setor competente para providenciar o término da colocação dos meios fios, na Rua Geraldo Damasceno de Cerqueira, localizada entre a Vila São José e a Vila Formosa._x000D_
 Justificativa: Já foi feito grande parte do meio fio, faltando a conclusão, motivo (chuva/enchente deslocou alguns, correndo risco de ser retirado do local, a comunidade continua aguardando a conclusão. Inclusive o asfaltamento ou calçamento).</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1680/254-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1680/254-2020.pdf</t>
   </si>
   <si>
     <t>Indica que a Excelentíssima Senhora Prefeita entre em entendimento com setor competente para providenciar limpeza e desobstruir o leito do Rio Luisburgo, BR 262 até a frente da antiga Parmalate, fundos Rua Agenor Salazar, na Ponte da Aldeia._x000D_
 Justificativa: Com a enchente, muitas árvores e bambus tombaram par ao leito do rio, parando lixos, animais mortos, trazendo sério risco para os moradores. A comunidade aguarda providências.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Allan do Alaor, Cabo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1681/255-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1681/255-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização do recapeamento asfáltico na Rua Esperança, do número 4 ao número 36, no Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Indica a colocação de mão única sentido Avenida Salime Nacif em direção à Rua Coronel Alberto Pinto Coelho, no trecho de aproximadamente 30 metros, da antiga loja Belém até o entroncamento de vias, Bairro Santana.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1683/257-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1683/257-2020.pdf</t>
   </si>
   <si>
     <t>Indica a destinação de recursos do Financiamento à Infraestrutura e ao Saneamento (FINISA) para recapeamento asfáltico de vias com o pavimento desgastado e asfaltamento de ruas em locais que ainda não foram atendidos.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1684/258.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1684/258.pdf</t>
   </si>
   <si>
     <t>Indica o manilhamento do córrego situado na Rua do Triângulo, Bairro Santana.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1696/259.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1696/259.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico da Rua das Flores, no Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1697/260-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1697/260-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Raimundo Soares Vargas no Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1699/261-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1699/261-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Obras, o calçamento da Rua Dois , continuação da Rua José Cláudio Hott , Bairro Luciano Heringer.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1700/262-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1700/262-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Obras e o Departamento de Transito, a Sinalização da Saída da Nelson Monteiro com a Rua Juventino Nunes, saída para a Ponte da Tinauto. A falta de sinalização está trazendo muito perigo para os motoristas.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1701/263-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1701/263-2020.pdf</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Saúde, uma reunião com os Prefeitos das cidades vizinhas de Manhuaçu para elaborar uma estratégia para diminuir o fluxo de pessoas dessas cidades para o Município de Manhuaçu, por causa da contaminação da Covid 19 em nosso município.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1702/264-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1702/264-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que seja executado o cascalhamento das estradas do Córrego do Barreiro, Zona Rural de Manhuaçu, MG._x000D_
 Justifica-se a presente indicação, pois motiva-se em dar melhores condições as pessoas que trafegam nas referidas estradas, portanto visando atender os anseios de todos os munícipes.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1704/265-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1704/265-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize 100 metros de calçamento na extensão da rua padre Francisco de Carvalho / Rua Projetada 01 - em direção à residência do senhor Juquinha, em Sacramento, distrito de Manhuaçu.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Cabo Ferreira, Rogerinho</t>
   </si>
   <si>
     <t>Indica o recapeamento asfáltico na Rua Primeiro de Maio, Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1709/267-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1709/267-2020.pdf</t>
   </si>
   <si>
     <t>Solicita a drenagem da Mina de Água perto do ponto de ônibus da BR 262, em frente ao bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1710/268-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1710/268-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma calçada/pista para as pessoas caminharem entre a Engelcar e o PetShop Auqmia.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1711/269-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1711/269-2020.pdf</t>
   </si>
   <si>
     <t>Indica a criação de dois pontos de táxi rotativos na região do Centro e do Bom Pastor a fim de permitir a permanência em períodos curtos para os taxistas devidamente cadastrados que já possuem ponto na rodoviária ou na praça central. Nesses locais, serão pontos rotativos a fim de ampliar a oferta de embarque de passageiros próximo a locais de maior movimento, não devendo o mesmo veículo permanecer por longos períodos.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1713/270-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1713/270-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o asfaltamento da Rua Professor Silas Pacheco no Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1715/271-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1715/271-2020.pdf</t>
   </si>
   <si>
     <t>Indica o asfaltamento da Rua Maria Alexandrina, no Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1716/272-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1716/272-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que adquira um terreno e que seja construído um prédio onde possa acomodar várias secretarias.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1717/273-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1717/273-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que entre em entendimento com o Governo do Estado para viabilizar a transferência da Central de Regulação de Leitos de Ponte Nova para Manhuaçu (CIS FÁCIL).</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1718/274-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1718/274-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o recapeamento asfáltico da Rua Padre Afonso Hans, no Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1719/275-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1719/275-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de uma calçada na Avenida Palmeiras na Rua São Marcos até o virador do ônibus do Bairro Matinha.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1720/276-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1720/276-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a reconstrução da rede pluvial existente na Rua Antônio Wellerson, nº 138._x000D_
 Justificativa: a residência do munícipe está sendo toda afetada em função do rompimento da rede ocasionada na última chuva, conforme solicitação feita através do ofício 218/2020 de 22.06.2020 emitido pelo Gabinete do Vereador Administrador Rodrigo.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1726/277-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1726/277-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que crie uma política de prevenção ao COVID-19 para os moradores de rua deste município, estabelecendo pontos de higienização, alimentação e atendimento a saúde básica. Ademais, que faça a medição da temperatura dos mesmos periodicamente. Que os pontos de higienização possam conter local adequado para banho, dando o mínimo de dignidade e proteção para os menos favorecidos durante esta pandemia e consequentemente, proteger toda sociedade Manhuaçuense, para que o vírus não se verta. Aproveito para informar que tais moradores de rua, se encontram em maior número nas proximidades dos Bairros Ponte da Aldeia, Coqueiro, Santa Luzia (Rua da Caixa D’água), Centro (Praça do Hospital César Leite) e nas proximidades da Rodoviária.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1728/278-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1728/278-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de uma faixa de pedestre em alto relevo na Rua Olímpio Vargas (frente à Praça do Parquinho).</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1729/279-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1729/279-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a distribuição do medicamento Ivermectina para a população de Manhuaçu, para que se previna o COVID-19, considerando os bons resultados alcançados por outros municípios que aderiram à ideia para o combate do coronavírus.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Indicação para que realize a aquisição de  7 manilhas 060  pra colocar na estrada da Comunidade da Cabeceira do Manhuaçuzinho, perto do Distrito de Sacramento, estrada da propriedade do Senhor Geraldo Canuto.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1733/281-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1733/281-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a reforma  geral da ETA do Distrito de Sacramento do SAAE.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1734/282-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1734/282-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que, através da Secretaria do Planejamento, possa viabilizar parcerias para construir um Parque Municipal no terreno que foi destinado à construção do IFET , visto que o mesmo não aconteceu  e que o parque trará grande benefícios à população de Manhuaçu.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1735/283-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1735/283-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria do Meio Ambiente, realize a poda de uma árvore na Rua José Tertoliano  Hott, nº 129, no Bairro Lajinha, visto que há perigo da mesma cair em cima de residências.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1736/284-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1736/284-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria de Obras, realize o conserto do acesso lateral entre o Trevo da Retam e o Trevo da Zebu, em frente aos galpões Multiaço e demais.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1739/285-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1739/285-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que entre em entendimento com o DNIT, para que seja construída uma pista de caminhada e ciclovia na BR 116 compreendida entre o trecho de Vilanvova e Realeza.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Indica para que entre em entendimento com o DNIT, para que seja feito o calçamento da Rua Três Irmãos 4, no Distrito de Vilanova.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1742/287-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1742/287-2020.pdf</t>
   </si>
   <si>
     <t>Indica que o ESF Santana seja equipado com Consultório e Equipe de Saúde Bucal visando garantir atendimento odontológico.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1743/288-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1743/288-2020.pdf</t>
   </si>
   <si>
     <t>Indico a colocação de placa de sinalização de trânsito indicando a Rodovia Br. 262, no cruzamento da Avenida Melo Viana com Rua Barão do Rio Branco.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1744/289-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1744/289-2020.pdf</t>
   </si>
   <si>
     <t>Indica para realização de recapeamento asfáltico na Rua Abalém Chibel Nacif, Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1745/290-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1745/290-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a instalação de iluminação pública na Rua Lúcio Carlos Lomeu, no Bairro Ponte da Aldeia, nesta cidade.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1746/291-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1746/291-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que faça a adequação e/ou mudança da localização do ponto de ônibus (abrigo de passageiros) da BR-262 na esquina com a Rua Lúcio Carlos Lomeu, no Bairro Ponte da Aldeia, a fim de melhorar a segurança dos usuários do transporte coletivo.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1751/292-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1751/292-2020.pdf</t>
   </si>
   <si>
     <t>Indica para entrar em entendimento com o Deputado Estadual Sr. João Magalhães, no sentido de que este apresente Projeto de Lei na ALMG que dê denominação no prédio público a ser instalada, em Manhuaçu, órgão estadual, de Superintendência Estadual de Saúde-SRS Dr. Michel Hannas.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1753/293-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1753/293-2020.pdf</t>
   </si>
   <si>
     <t>Indica à Sra. Prefeita Municipal, que autorize a reabertura dos salões de cabeleireiros, manicure, pedicure, depilação e barbearias no município, desde que respeitadas as medidas sanitárias preventivas ao enfrentamento da COVID-19.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1754/294-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1754/294-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que seja feito estudo de viabilidade para concessão de pagamento de produtividade para os engenheiros da prefeitura municipal de Manhuaçu.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1755/295-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1755/295-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que viabilize um novo local para funcionamento do albergue municipal que acolha melhor as pessoas em situação de rua.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1756/296-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1756/296-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que construa uma Praça pública na divisa dos Bairros São Vicente e Alfa Sul, na Rua da Escola Estadual São Vicente de Paulo.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1757/297-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1757/297-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a reforma dos canteiros em frente as concessionárias MCV, Fiat, Toyota, e também Supermercado País e Filhos, INSS, SAAE e Zum Pneus.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1760/298-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1760/298-2020.pdf</t>
   </si>
   <si>
     <t>Indica a criação da Banda de Música Municipal de Manhuaçu.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1762/299-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1762/299-2020.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação ou construção de um novo reservatório de água para abastecimento da parte mais alta do bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1808/300-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1808/300-2020.pdf</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1772/302-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1772/302-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que entre em entendimento com o Diretor do SAMAL e passe a realizar o serviço de limpeza das vias públicas no Bairro Alphaville, considerando o aumento de circulação para visitação do Castelo do Café.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1775/303-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1775/303-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que proceda a reforma do espaço que atualmente funciona como sede da Estratégia de Saúde da Família – Catuaí._x000D_
 A solicitação apresentada pelos moradores se justifica pela importância da manutenção desse espaço de forma confortável, segura e adequada às atividades de saúde.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1777/305-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1777/305-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que seja construído um Shopping Popular pelo município totalmente estruturado com banheiros e box estruturados para a disponibilização aos comerciantes do atual camelódromo de Manhuaçu.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/306-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/306-2020.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de Academia ao ar livre na Praça Nicchio Sobrinho, no Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/307-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/307-2020.pdf</t>
   </si>
   <si>
     <t>Indica a reforma da Praça Nicchio Sobrinho, localizada no Bairro Engenho da Serra, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1782/308-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1782/308-2020.pdf</t>
   </si>
   <si>
     <t>Indica que tome providências com relação a sinalização de solo, bem como a pintura de faixa de pedestre na Rodovia Br. 262, do Trevo do Zebu ao Trevo do Cafeicultor.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>Cabo Ferreira, Berenice do Carlos Tur</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1784/309-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1784/309-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o calçamento, asfalto e a rede pluvial na Rua 14 de abril, na Vila Cachoeirinha (aproximadamente 150 metros de extensão, sendo apenas a parte que está faltando).</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1785/310-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1785/310-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o calçamento ou asfaltamento na Rua José Felício Soares (Vila São José) na Vila Formosa.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1786/311-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1786/311-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção da ciclovia iniciando no Bairro Ponte da Aldeia até a Vila Boa Esperança.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Zé Rulinha, Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1790/312-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1790/312-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de faixa de pedestre elevada nas ruas onde está sendo feito o recapeamento.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1791/313-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1791/313-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o asfaltamento ou bloqueteamento de 2 quilômetros na estrada que começa na propriedade da Senhora Rosely Perígolo até a quadra da comunidade terapêutica, no Coqueiro Rural, posto que parte da estrada já está com bloquete, faltando apenas finalizá-la.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1793/314-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1793/314-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que insira os serviços dos Correios no Bairro Alphaville, posto ser um bairro novo no município e com um número considerável de residências, que ficam sem ter acesso as entregas postais, principalmente neste período de pandemia em que estamos vivendo.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1795/315-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1795/315-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de 400 metros de calçamento na estrada de Dom Correa para Vermelho Novo no morros que dá acesso ao município vizinho.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1796/316-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1796/316-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção 30 metros de calçamento na segunda rua perto do Correa, em São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1797/317-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1797/317-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a colocação de saibro nos pontos críticos na estrada de Dom Correa sentido Vermelho Novo.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1803/318-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1803/318-2020.pdf</t>
   </si>
   <si>
     <t>Indica  através da Secretaria de Obras a colocação de uma boca de lobo na rua Coronel José Pedro para conter a água da chuva que vem da Br. 262 e vai para a Rua Frederico Dolabela .</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1804/319-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1804/319-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria de Saúde , Comitê da COVID 19 a possibilidade da abertura dos bares, lanchonetes e pizzarias, tomando os devidos cuidados de prevenção no horário das 18:00 até às 23:00 horas.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1809/320-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1809/320-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma rotatória no trevo da BR 262/Tancredo Neves.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação pública no cemitério municipal.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1828/322-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1828/322-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria de Obras, construa um reforço no corrimão da Ponte Cimento ( Ponte dos Arcos), até que a obra de reforma seja concluída, por colocar em perigo os pedestres que ali circulam.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1829/323-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1829/323-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através do Comitê da Covid 19, volte com o funcionamento das academias e clubes da cidade, mantendo as normas de prevenção e segurança.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1830/324-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1830/324-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através do SAAE Manhuaçu, realize a divulgação da tabela de consumo de água para população em metros cúbicos, tendo como objetivo a economia e diminuição do valor da conta.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1835/325-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1835/325-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que determine a visita de médicos especialistas no Hospital Municipal para acompanhamento de pacientes.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Gilsinho, Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1836/326.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1836/326.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de rede pluvial na Rua Julia Berbert Emerick, no Distrito de Santo Amaro de Minas.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1837/327-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1837/327-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o calçamento da rua principal paralela a BR, em Santo Amaro.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1838/328-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1838/328-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a reforma ou construção de um ponte no Córrego Arrozal, próximo a Ponte do Silva (próxima a empresa Só química), no chacreamento do Zé Vicente, na travessa para propriedade do Nilo Jacó.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1839/329-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1839/329-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a limpeza do Rio São Luiz, dentro do povoado de Ponte do Silva.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1841/330-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1841/330-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que viabilize juntamente com o HCL, a implantação do serviço de hemodiálise no novo prédio do Hospital César Leite.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1843/331-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1843/331-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de 50 metros de calçamento com meio fio e extensão de rede de iluminação pública na Rua Silvério Afonso, no Distrito de São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1844/332-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1844/332-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o  acabamento numa ponte na comunidade da Vila de Fátima, próximo ao prédio escolar - estrada que dá sentido a cidade do Caputira/MG.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1845/333-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1845/333-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de 200 metros de canalização/canaletas para escoamento da água das chuvas no trecho da estrada da Comunidade de Sacramento - Córrego Boa Vista, sentido Palmerinha.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Allan do Alaor, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1846/334-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1846/334-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro de contenção na Rua Santa Inês, Bairro Santa Terezinha, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1847/335-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1847/335-2020.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento do Morro Dona Terezinha, próximo ao Córrego do Balsamo, Zona Rural, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1848/336-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1848/336-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro de contenção na Rua da Paz, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1849/337-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1849/337-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a complementação de rede pluvial na Rua Silas Pacheco, no Bairro Colina.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1850/338-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1850/338-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que faça uma revisão do trânsito do trecho urbano da cidade no sentido de analisar mudanças de fluxo de veículos e outras alterações a fim de dar maior fluidez na circulação de veículos, conforme entendimentos entre empresários e representantes das Secretarias de Fazenda e de Planejamento e o Conselho Municipal de Trânsito.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1851/339-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1851/339-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a colocação de postes de iluminação no virador do Bairro Matinha até o Bairro Alphaville.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>Rogerinho, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1854/340-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1854/340-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que coloque com urgência uma semáforo na Br 262, cruzamento do Bairro Ponte da Aldeia com acesso ao Município de Luisburgo.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1855/341-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1855/341-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a mudança da faixa de pedestre em frente ao Chaveiro &amp; Cia para próximo ao fogão de lenha, na Rua Luiz Cerqueira, Centro.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1856/342-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1856/342-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de creche nas proximidades dos Bairros Catuaí e Colina.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Indica a colocação  de iluminação pública para escadaria que dá acesso ao Cemitério Municipal, no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Indico a "Construção da sede do IF SUDESTE Campus Manhuaçu Sede",_x000D_
 _x000D_
 JUSTIFICATIVA: unidade que contemplará a expansão das atividades acadêmicas e administrativas do campus, com oferta de novos vagas para professores e técnicos administrativos em educação, consequentemente, ampliação de cursos e vagas, por meio de cursos de graduação e ensino médio integrado.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>Indica refazer rede pluvial da Rua Mascarenhas de Morais, no Bairro São Vicente.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1870/346-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1870/346-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria  de Saúde,  intensifique uma campanha no Centro da cidade para medidas de prevenção da Covid 19, visto que os Leitos da UTI Covid , atingiu sua capacidade total.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1871/347-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1871/347-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através do SAAE crie uma campanha de conscientização do consumo de água e a divulgação da tarifa de consumo para conhecimento da população.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1873/348-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1873/348-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através Secretaria de Obras, realize o serviço de tapa buracos na Avenida das Nações Unidas, no Bairro Bom Jardim, visto que está trazendo prejuízos aos moradores dessa rua.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1874/349-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1874/349-2020.pdf</t>
   </si>
   <si>
     <t>Indica que seja executado o recapeamento asfáltico na Rua Antônio Brandão Filho, Bairro Engenho da Serra, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1875/350-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1875/350-2020.pdf</t>
   </si>
   <si>
     <t>Indica a construção de caixas de contenção de águas pluviais nas estradas do Córrego do Barreiro, Manhuaçu/MG.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1876/351-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1876/351-2020.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado a iluminação pública da Escadaria Vitoria, que se inicia na Rua Santa Inês fazendo ligação com a Rua São Mateus, Bairro Santa Terezinha, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Paulo Altino, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1880/352-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1880/352-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que entre em entendimento com o proprietário da casa nº 3, na Rua Padre Furtunato de Carvalho, no sentido de comprar o imóvel para abertura da rua. Cito nº 3 é a última casa a direita no sentido da Engelmig ao rio.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur, Rogerinho, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1881/353-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1881/353-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que compre uma área de terreno ao lado do cemitério da Ponte do Silva, enquanto a tempo para atender o Distrito e toda a cidade que já se encontra super lotado.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>Paulo Altino, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1882/354-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1882/354-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que seja feito no trevo antigo Zebu uma rotatória igual o trevo do cafeicultor.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1885/355-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1885/355-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a reforma da agência comunitária dos Correios em Dom Correa.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>indica para realizar a quebra duas pedras, estrada Córrego dos Laias,  acesso entrada Córrego São Sebastião, frente Chácara Edmison,  justificativa:  esta dificultando passagem caminhão.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Indica a colocação 06 (seis) luminárias na entrada córrego boa vista, ponte da aldeia, onde esta concluindo o calçamento.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
@@ -4435,526 +4435,526 @@
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Indica para que realize a colocação de iluminação de Led na ponte do Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>Indica para que realize a colocação de iluminação de Led na ponte da Rua Antônio Pupin.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1912/367-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1912/367-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que inicie o Processo de Regularização Fundiária pelo Bairro São Vicente.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1913/368-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1913/368-2020.pdf</t>
   </si>
   <si>
     <t>Indica que ao elaborar a Lei Orçamentária Anual para o exercício de 2021, já preveja dotações orçamentárias próprias para cumprir com o que determina a Lei Federal nº 13.935, de 11 de dezembro de 2019 (DOU 12.12.2019), que determina que as redes públicas de educação básica deverão, a partir de 12/12/2020, mas pragmaticamente ocorrerá a partir de janeiro de 2021, observadas as consequências provocadas pela pandemia de SARSCov-2, contar com Serviços de Psicologia e de Serviço Social para atender às necessidades e prioridades definidas pelas políticas de educação, por meio de equipes multiprofissionais.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1928/369-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1928/369-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a extensão da rede de iluminação pública, com colocação de duas luminárias na Rua do Monjolinho, saída para Palmeirinhas.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1920/370-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1920/370-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o calçamento da Rua Wilson de Souza Santos, no Bairro São Vicente.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1921/371-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1921/371-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização de calçamento do Morro no Córrego do Barreiro de Cima, próximo ao Senhor Geraldo Virgilino, que é via de acesso ao Senhor João Laquia, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1922/372-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1922/372-2020.pdf</t>
   </si>
   <si>
     <t>Indica melhorias e reforma do telhado da Creche Menino Jesus, situada a Rua Judith Alves de Oliveira, n.º 147, Bairro Engenho da Serra, nesta cidade de Manhuaçu/MG.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1923/373-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1923/373-2020.pdf</t>
   </si>
   <si>
     <t>Indica a aplicação de Tarifa Social nos serviços de água e esgoto prestado pelo Serviço Autônomo de Água e Esgoto – SAAE, destinado a Organizações da Sociedade Civil (OSC).</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1927/374-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1927/374-2020.pdf</t>
   </si>
   <si>
     <t>INDICA à Prefeita Municipal de Manhuaçu-MG que entre em negociação com as instituições de crédito para a suspensão por 3(três) meses(realocando-as para o final do contrato), dos descontos de prestações que são descontadas em folha de pagamento referente a empréstimos consignados, bem como financiamentos em geral e faturas de cartão de crédito, contratados por servidores públicos municipais da ativa(ainda que com vínculo precário), aposentados e pensionistas, em razão das dificuldades financeiras advindas aos servidores, consequência da pandemia de COVID-19.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1929/375-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1929/375-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a operação tapa-buracos na Rua do Posto de Saúde, até o campo de futebol e na saída para Palmeirinhas, no Distrito de São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1930/376-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1930/376-2020.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de Câmeras de Vigilância (Olho Vivo) em toda a extensão das principais ruas e avenidas do centro da cidade: Rua Antônio Wellerson, Rua Amaral Franco, Avenida Salime Nacif, Avenida Barão do Rio Branco etc e bairros de Manhuaçu, a exemplo do que tem sido feito em outras cidades da região, como em Alto Caparaó.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1931/377-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1931/377-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a limpeza no Cemitério Municipal.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1932/378-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1932/378-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que crie o vale feira para todos os funcionários da Prefeitura Municipal de Manhuaçu, SAAE e SAMAL.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1934/379-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1934/379-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a aquisição de uma ambulância para a UBS de Santo Amaro de Minas, para atender a comunidade local e  Bom Jesus.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1944/380-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1944/380-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que passe a incluir o PROFISSIONAL DE EDUCAÇÃO FÍSICA para todas as Escolas Municipais que tenham o Ensino Fundamental (1ª a 4ª) série._x000D_
 		Justificativa:_x000D_
 		O papel do profissional de educação física é promover a saúde como um todo, focando na atividade física como um dos meios para isso. Esse profissional tem formação superior na área de saúde, com destaque especial em anatomia, funções motoras e, fisiologia dos exercícios. Com a inclusão deste profissional no quadro da educação o município poderá ter um ganho muito grande quanto as questões de prevenção a problemas de saúde e promover o interesse do s alunos quanto a prática esportiva e quem sabe desenvolver algum atleta que poderá representar nosso município em algumas competições.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1945/381-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1945/381-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize  colocação de iluminação de Led no Bairro São Vicente.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1946/382-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1946/382-2020.pdf</t>
   </si>
   <si>
     <t>Indica que providencie a Regularização Fundiária da Comunidade do Bairro Engenho da Serra, Manhuaçu, MG.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1948/383-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1948/383-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize através do Departamento de Trânsito, o estudo de viabilidade dos aplicativos de transporte de passageiros Livre, Uai Motorista, Alô Passageiros e demais aplicativos semelhantes que possam surgir, ter um ponto fixo para embarque e desembarque de passageiros nas proximidades dos principais supermercados da cidade para que a população possa realizar suas compras de forma mais rápida e confortável e os motoristas possam trabalhar sem prejudicar o trânsito, garantindo-lhes maior segurança e comodidade.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1951/384-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1951/384-2020.pdf</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos do Regimento Interno, a presente indicação a ser encaminhada a Excelentíssima Senhora Prefeita Municipal, sugerindo que o Município de Manhuaçu se habilite ao Programa Pró-Moradia para urbanização e regularização fundiária com FGTS. De acordo com o Ministério de Desenvolvimento Regional (MDR), os Municípios podem apresentar propostas considerando o valor mínimo de R$ 1 milhão e máximo de R$ 50 milhões de reais, a serem financiados considerando as seguintes tipologias de intervenção: Urbanização integral; Urbanização parcial; Intervenção estruturante; Regularização fundiária; Melhorias habitacionais, angariando assim fundos para a tão sonhada regularização dos terrenos que ainda não estão regulares.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1954/385-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1954/385-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que para que crie um bicicletário no Centro da cidade.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>Rogerinho, Cléber da Matinha, Inspetor Juninho Linhares, Jorge do Ibéria, Paulo Altino</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1956/387-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1956/387-2020.pdf</t>
   </si>
   <si>
     <t>Indica para a limpeza do Rio Manhuaçu.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1957/388-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1957/388-2020.pdf</t>
   </si>
   <si>
     <t>Indica que institua programa de acolhimento à mulher vítima de violência doméstica, concedendo aluguel social, conforme condições regulamentadas por lei.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1962/389-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1962/389-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a extensão de dois postes na Rua do Campo, próxima com a Rua Geraldo Estevão Dornelas, no Distrito de Dom Corrêa.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>Cléber da Matinha, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1963/390-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1963/390-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a instalação de redutores de velocidade na Mg-111, na saída de Manhuaçu para Simonésia.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1966/391-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1966/391-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que o município de Manhuaçu envie para Câmara Municipal, Projeto de Lei para regulamentar a situação dos aplicativos no município de Manhuaçu e viabilize também os alvarás provisórios até que a referida Lei seja aprovada pela Câmara.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>Indica para que realize a concessão aos Médicos, pagamento da insalubridade máxima equivalente a 40%, enquanto perdurar a pandemia do Covid-19.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1968/393-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1968/393-2020.pdf</t>
   </si>
   <si>
     <t>Indica que seja tomada medidas necessárias para a concessão de passagem de ônibus diária gratuita (ida e volta) aos servidores públicos municipais (da administração direta e autarquias - SAMAL e SAAE), residentes nos distritos, que trabalham na sede do município.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1969/394-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1969/394-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a reforma do Campo da Comunidade da Boa Vista.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1983/395-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1983/395-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através do SAAE, resolva o problema  da rede de esgoto da Vila Cachoeirinha, no Bairro da Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1984/396-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1984/396-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria de Planejamento, realize a colocação de lâmpadas de Led no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1985/397-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1985/397-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que através da Secretaria de Obras,  resolva a situação da rede Pluvial na Rua José Pedro Expechite, no Bairro Bom Pastor .</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1986/398-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1986/398-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que adquira uma ambulância destinada ao Posto de Saúde e Comunidade de Sacramento.  _x000D_
 Outrossim, a verba para aquisição da mencionada ambulância será proveniente de Emenda Impositiva, ao Orçamento de 2021, que será apresentada oportunamente por este vereador.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1987/399-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1987/399-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de uma sala, junto ao prédio do vestiário público, existente no campo de Dom Correa, a qual será destinada à pratica de Jiu Jitsu, pela comunidade local, conforme solicitação da Associação AECADC.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1988/400-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1988/400-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a construção de 120 metros de calçamento no Morro perto da casa do Senhor José Coco, no Distrito de Sacramento, no Córrego do Valão (Estrada que dá acesso a Comunidade do Manhuaçuzinho).</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1991/401-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1991/401-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a colocação de quebra molas na LMG 838 próximo a propriedade do Sr. João Foca, no Córrego dos Hott (aproximadamente 4,5km depois do Distrito de Ponte do Silva, em direção a Luisburgo). _x000D_
 Justificativa: várias vidas já foram ceifadas devido as altas velocidades alcançadas pelos motoristas que por ali transitam.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>Zé Rulinha, Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1992/402-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1992/402-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize a o calçamento/bloqueteamento na LMG 838, próximo a propriedade do Sr. Neném Natinho até a propriedade da Senhora Laudicéia.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1993/403-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1993/403-2020.pdf</t>
   </si>
   <si>
     <t>Indica para que realize o calçamento/bloqueteamento na LMG 838, 2 quilômetros para cima, no Córrego São Bento até a propriedade do Sr. Núbio Foca.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1994/404-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1994/404-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a instituição e execução de Rua de Lazer aos domingos e feriados, das 09:00 às 15:00 horas, no espaço do calçadão da Praça Cinco de Novembro.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1995/405-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1995/405-2020.pdf</t>
   </si>
   <si>
     <t>Indica a criação de escolas com todas as modalidades esportivas no Bairro Engenho da Serra, dispondo de um professor de educação física para coordenar cada unidade.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1996/406-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1996/406-2020.pdf</t>
   </si>
   <si>
     <t>Indica a criação de escolas com todas as modalidades esportivas no Bairro Santana, dispondo de um professor de educação física para coordenar cada unidade.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Rogerinho, Jorge do Ibéria</t>
   </si>
   <si>
     <t>Indica à Prefeita de Manhuaçu criação de tarifa social nos ônibus coletivos.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Indica à Prefeita Municipal de Manhuaçu-MG que por meio da Secretaria de Obras execute com urgência obra de instalação de lombadas(quebra-molas), nas vias do Bairro Vila Deolinda, considerando pedido dos moradores em razão do fato de que, devido ao asfaltamento recente, muitos automóveis e motos estão circulando em alta velocidade pelo local colocando em risco os moradores, notadamente os pedestres e ciclistas.</t>
   </si>
@@ -5010,594 +5010,594 @@
   <si>
     <t>Indica obra de instalação de manilha, canalização, aterro e calçamento com bloquetes numa extensão de 90 m, na Rua Armenzina Correia de Faria, e obra de calçamento de aproximadamente 30 m na Rua nº 05 e de aproximadamente 20 m na Rua nº 06, todas no Bairro Nossa Senhora Aparecida, em Dom Correia, Distrito de Manhuaçu.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>Indico a iluminação de LED para o Bairro Alphaville.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Gilsinho, Inspetor Juninho Linhares, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1178/mocao_de_pesar_no_01.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1178/mocao_de_pesar_no_01.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Agenário Carvalho da Silva, em 05/01/2020.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento em 29/12/2919 de Maria das Graças Veloso, tia do comunicador e Administrador Thomaz Júnior.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. 2º Sgt QPR Itamar Bernardes Miranda em 22/12/2019, pai da Sub Ten Márcia Aparecida Miranda, lotada na Banda de Música do 11ºBPM/12ªRPM.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>Moção de Reconhecimento a Professora Sirleia da Costa Silvestre César pelo Projeto Interdisciplinar Refazenda, desenvolvido na Escola Estadual Maria de Lucca Pinto Coelho</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>Moção de Congratulações ao cartunista Marcus Ravelli (Quinho Cartum), filho de Manhuaçu, pelo primeiro lugar na premiação internacional Caricaturama  Showdown 3000. (Rod Stewart) no dia 08/01.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Inspetor Juninho Linhares, Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/mocao_n_06-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/mocao_n_06-2020.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações ao Tenente Coronel Marcio Roberto Sousa, filho de Manhuaçu, por ter assumido o Comando  do 47º BPM  da cidade de Muriaé, MG,  no dia 09/01.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/mocao_de_pesar_no_07.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/mocao_de_pesar_no_07.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao grupo da folia de reis de Manhuaçu Caminhando pelo Bem, na pessoa Senhor Élcio de Paula Prazeres,  coordenador do grupo, pelos serviços prestados a nossa comunidade.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/mocao_no_08-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/mocao_no_08-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO PÚBLICO ao SARGENTO RODRIGO DE ASSIS por sua especial e exemplar atuação na organização do trânsito nos dias caóticos em que a cidade de Manhuaçu enfrentou, por ocasião das cheias do Rio Manhuaçu</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/mocao_de_pesar_09-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/mocao_de_pesar_09-2020.pdf</t>
   </si>
   <si>
     <t>Moção pelo falecimento do senhor João Barbosa, no distrito de São Pedro do Avaí;</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/mocao-10-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/mocao-10-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações a todos os Voluntários que trabalharam pela Recuperação de Manhuaçu após a enchente de 25 de janeiro.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/mocao-11-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/mocao-11-2020.pdf</t>
   </si>
   <si>
     <t>Moção de falecimento de Diogo Paulo Barbosa, Ednalva Leite, e Iago Rafael Silvério da Silva num acidente ocorrido em São Pedro do Avaí na BR-116.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>Zé Rulinha, Adalto, Administrador Rodrigo, Berenice do Carlos Tur, Cabo Ferreira, Cléber da Matinha, Elenilton Martins, Gilsinho, Inspetor Juninho Linhares, Jorge do Ibéria, Juarez Eloi, Paulo Altino, Professor Giovanni, Rogerinho, Tony Mix, Vantuil, Zé Eugênio</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/mocao_no_12-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/mocao_no_12-2020.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio ao Governador do Estado de Minas Gerais e a Secretaria Estadual de Educação pela decisão de realização de matriculas on-line que está causando diversos prejuízos aos pais e alunos uma vez que o sistema apresentou diversas falhas, encaminhando alunos para escolas longe do domicílio da criança e do adolescente em desrespeito ao Estatuto que determina que a criança e adolescente tem o direito de estudar na escola mais próxima a sua residência.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/mocao-13-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/mocao-13-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Milton da Silva Leite.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/mocao-14-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/mocao-14-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Jorge "Padeiro".</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>Cabo Ferreira, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/mocao-15-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/mocao-15-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Antônio Luiz Silvério, 10/02/2020.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao-congratulacao-16-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao-congratulacao-16-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações ao jovem Jackson Ribeiro de Souza, por sua dedicação e empenho que resultou em aprovação com bolsa de estudos integral no curso de medicina.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/mocao_no_17-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/mocao_no_17-2020.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Reconhecimento Público ao IImo. Sr. Tenente PM Eledylson de Souza Pimentel, e dá outras providências</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>Moção de reconhecimento a Capitã Carla e ao Major Jeferson Vitor pela transferência ao quadro de oficiais da reserva.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/18-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/18-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento ao Cap. Fernando e Major Schuab no salvamento de uma pessoa que estava sendo sugada por um bueiro em função de intensa chuvas na avenida Tancredo Neves na cidade de Manhuaçu.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/mocao-de-reconhecimento-20-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/mocao-de-reconhecimento-20-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Colégio Tiradentes da Polícia Militar de Minas Gerais, em especial a Unidade de Manhuaçu, pelos relevantes serviços prestados à nossa sociedade na manutenção de um ensino de qualidade.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/mocao-de-reconhecimento-21-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/mocao-de-reconhecimento-21-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público aos Senhores Wexiley da Silva Ramos Florenzano e Ângelo Carlos Pimentel em razão da dedicação, competência e cordialidade com que exercem suas atividades de Seguranças na A.P.S. - Agência da Previdência Social de Manhuaçu.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/mocao-22-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/mocao-22-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Márcia César Barreto, no dia 22/02/2020.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/mocao-23-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/mocao-23-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Maria Luiza Romualdo, no dia 20/02/2020.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/mocao-24-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/mocao-24-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Maria José Duarte Mateus, no dia 27/02/2020.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/mocao-25-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/mocao-25-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento a Luísa Veloso Dutra pelo título de Doutora em Ciência da Nutrição pela Universidade Federal de Viçosa.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/mocao-26-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/mocao-26-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor Adão Gomes da Costa.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/mocao-27-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/mocao-27-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Ronald Ferreira em 02/03/2020.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/mocao_no_28-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/mocao_no_28-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Mariano Pacheco da Silveira, falecido no dia 03/03/2020.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1345/mocao-29-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1345/mocao-29-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar da Sra. Andreia da Silva, que faleceu na data de 04/03/2020.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1349/30-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1349/30-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público à jovem Emilly Ferreira em razão de sua dedicação tão precocemente, destacando-se como "Barista", agregando valor ao produto "carro-chefe" da nossa economia local, qual seja o café, especializando-se no preparo de variados tipos de bebidas tendo como o "café" e assim levando o nome de nosso município além fronteiras.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1350/31-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1350/31-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Promotor de Justiça, Dr. Eduardo Nepomuceno de Souza, elevado ao cargo de "Procurador de Justiça do Estado de Minas Gerais", em reconhecimento aos relevantes serviços prestados à justiça no Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>Professor Giovanni, Berenice do Carlos Tur, Jorge do Ibéria</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1353/moc_32-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1353/moc_32-2020.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Geraldo Magela Coelho, motorista da Secretaria Municipal de Educação, em 09/03/2020.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1354/mocao.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1354/mocao.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações ao Sargento Ruimar Martins pelos relevantes serviços prestados à PMMG, tendo passado para a reserva.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1361/moc_34-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1361/moc_34-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR em razão do falecimento do Sr. JOSÉ GARDINGO.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1357/35-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1357/35-2020.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Wanderson Brandão Barbosa.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1358/moc_36-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1358/moc_36-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao Senhor José Domingos Ribeiro (Rochinho) morador do Bairro São Vicente pela iniciativa de cidadão que pensa na coletividade e no bem estar dos outros moradores de sua rua.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Maurílio Fernandes Pereira, em 16/03/2020.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1372/38-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1372/38-2020.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio dos Vereadores à Câmara Municipal de Manhua-çu-MG, que a esta subscrevem onde manifestam seu inconformismo com as atuais ações do Governo Estadual, atualmente chefiado pelo Sr. Romeu Zema Neto, notadamente pela forma como vem conduzindo as negociações com os PROFESSORES e SERVIDORES DA REDE PÚBLICA ESTADUAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1376/39-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1376/39-2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso ao SIND-UTE em razão de seu posicionamento referente à paralisação (greve) dos servidores da educação, em razão das ações do Governo de Minas Gerais em não atender às justas reivindicações dos profissionais da educação no Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1381/mocao_de_reconhecimento_no_40-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1381/mocao_de_reconhecimento_no_40-2020.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Reconhecimento Público ao Sr. Carlos Eduardo Amaral de Paula e dá outras providências.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1388/moc_41-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1388/moc_41-2020.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação pelo aniversário de Dona Terezinha Andrade Elias, pelos seus 90 anos de vida no dia 14/03 /2020.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1394/42-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1394/42-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Evandro Gonzaga de Aguiar.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1395/43-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1395/43-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Lea Rodrigues de Paiva.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1397/44-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1397/44-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de TEREZINHA MARIA DA SILVA em  26/03/2020</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento Maria Nunes Moreira em 13.03.2020</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. Fabio Júnior Mendes.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Rita Felisbina Pereira.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1417/48-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1417/48-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Alverina Bicalho Von Randow.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento dona Elza Gomes.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1419/50-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1419/50-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Realino Marcelino De Paula</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1420/51-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1420/51-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Júnia Paula Reis de Oliveira, cunhada do Advogado Wagner Caldeira.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>Moção de reconhecimento a todos os Servidores  da Saúde do Município de Manhuaçu pelo excelente serviços prestado a população  no combate a Pandemia do COVID 19.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1431/53-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1431/53-2020.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações ao supervisor do Departamento Nacional de Infraestrutura de Transportes (Dnit) em Caratinga, Robson Carlindo Santana Paes Loures.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Elenilton Martins</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1432/54-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1432/54-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Dra. Ivanilda Maria Vergílio.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Vereador Juarez Cleres Elói, em 21/04/2020.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Secretária Municipal de Trabalho e Desenvolvimento Social, Giuzaina Celeste Gregório, em 21/04/2020.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Nayme José de Salles, ex-presidente do Sicoob Credilivre, em 26/04/2020.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>Paulo Altino, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1443/58-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1443/58-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Juarez Rodrigues Cerqueira, em 29/04/2020.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1462/59-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1462/59-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO PÚBLICO ao Sr. MARCO ANTÔNIO COUTINHO, por seu ato humanitário em se jogar nas águas do Rio Manhuaçu e ter salvado um criança que caíra acidentalmente e corria sério risco de afogamento.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1463/60-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1463/60-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor Giovane Espósito.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1464/61-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1464/61-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de José Teodoro da Silva.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>Moção de reconhecimento ao Sr Evaldo Sott de Souza pelos 25 anos de atividade profissional no município de Manhuaçu e contribuição no desenvolvimento da organização que desenvolve sua atividade laboral com muito profissionalismo.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor Paulo Rocha.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1488/64-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1488/64-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor Édimo Perim.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>Moção de Congratulações ao senhor Clayrton Vieira da Costa - 86 anos - 20/04/1934 .</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do senhor Hélder Bittencourt Lopes no dia 30/04/2020</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>Moção de Congratulações ao Senhor Clayrton Vieira da Costa, pelos 86 anos completados no último dia 20 de abril.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
@@ -5634,1049 +5634,1049 @@
   <si>
     <t>Moção de pesar pelo falecimento da senhora Antônia Andrade Aquino.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>Moção de reconhecimento a todas as enfermeiras e enfermeiros do Municipio de Manhuaçu pelo DIA INTERNACIONAL DA ENFERMAGEM 12/05/20 em especial a Sra. Enfermeira Geralda Júlia dos Santos pelos 30 anos dedicados a esta nobre profissão.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>Moção reconhecimento ao Subtenente Leonardo de Freitas pelos 30 anos de efetivo trabalho no Corpo de Bombeiros Militares de Minas Gerais</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>Moção de reconhecimento a ANFIBRO NACIONAL E ANFIBRO MINAS GERAIS REGIÃO SUDESTE pelo dia 12.05 Dia Mundial da Conscientização da Fibromialgia</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1553/2020-10-30_124705.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1553/2020-10-30_124705.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do ex-vereador Sebastião Miranda Barbosa, em 20/05/2020.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>Pelo falecimento da Sra. Ondina Alves Costa</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1558/80-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1558/80-2020.pdf</t>
   </si>
   <si>
     <t>Moção pesar pelo falecimento de Italo Moreira Leite filho do Sargento Eliano.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>Moção de reconhecimento pela promoção ao posto de 3º Sargento ao PM Wellington Goulart da Rocca Do 11º BPM Manhuaçu.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>Moção Reconhecimento aos militares pela localização recém nascida que foi retirada da mãe na maternidade do HCL e efetuaram a prisão da autora. _x000D_
 Tenente Moreira, Cabo Nobre, Sargento Danilo, Cabo Kenedy, Cabo Otavio, Sargento Cleverson, Cabo Everson, Cabo Marcilei, Cabo Satlher, Soldado Moraes e Soldado Júnior.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Hospital César Leite pelo aniversário de 93 anos.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1593/84-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1593/84-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Enfermeiro Roberto Natalino Júnior (Juninho Enfermeiro).</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1597/85-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1597/85-2020.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Manhuaçu, por seu vereador Allan José Quintão, manifesta o seu profundo sentimento de pesar pelo falecimento do Senhor Benjamim Raimundo dos Santos, na data de 31/05/2020.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1598/86-2020.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1598/86-2020.doc</t>
   </si>
   <si>
     <t>A Câmara Municipal de Manhuaçu, por seu vereador Allan José Quintão, manifesta o seu profundo sentimento de pesar pelo falecimento da Senhora Maria Batista da Silva, na data de 30/05/2020.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>Professor Giovanni, Inspetor Juninho Linhares, Zé Rulinha</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Ex prefeito de Manhuaçu Senhor Geraldo Perígolo  no dia 26/05 .</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Orbino Huebra Pimentel, no dia 04/06/2020.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1618/2020-06-25_154519.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1618/2020-06-25_154519.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Davi francisco da silva, em 08/06/2020.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1620/90-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1620/90-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento público ao Tenente LUIZ FABIANE HOTT pelo agraciamento da medalha Alferes Tiradentes, que constitui a principal comenda da Corporação Militar do Estado e é destinada a distinguir e galardoar personalidades e instituições que tenham prestado relevantes serviços à Polícia Militar.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1623/91-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1623/91-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações à Primeira Igreja Batista em Manhuaçu, PIBAÇU, pela comemoração de seu 63º aniversário.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Allan do Alaor, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1626/92-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1626/92-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público pelos 245 anos da Polícia Militar de Minas Gerais e de todos os policiais militares que compõem essa brilhante instituição.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1630/93-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1630/93-2020.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento da Senhora Maria José da Silva Portes, no dia 10/06/2020.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>Pelo falecimento do Senhor José Goulart Cerqueira, em 13/06/2020.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1652/95-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1652/95-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Gláucia Nunes Ferreira, em 15/06/2020.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1653/96-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1653/96-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Senhor José Alves Caldeira.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1655/97-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1655/97-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Senhora Ana Maria da Silva Carvalho.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. João Paulo da Costa, em 19/06/2020.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1665/99-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1665/99-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. João Cláudio da Silva (João Matipó), em 19/06/2020.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1666/2020-06-25_154355.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1666/2020-06-25_154355.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de João Gonçalves David em 20.6.2020.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1671/101-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1671/101-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento público aos BOMBEIROS MILITARES, pela passagem do Dia do Bombeiro, em 2(dois de julho).</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1672/102-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1672/102-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Edmar José Dutra.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1673/103-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1673/103-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do jovem Luiz Filipy Oliveira Ferreira.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1674/104-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1674/104-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do jovem Frankley Lucas de Almeida Mendes.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1695/105-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1695/105-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público aos policiais militares que se destacaram no desempenho de suas funções no primeiro semestre de 2020.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1698/106-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1698/106-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Senhora Ilze Aparecida Barbosa Machado.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1705/107-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1705/107-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Coronel José Carlos de Souza.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>Professor Giovanni, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1712/108-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1712/108-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Senhor Sebastião Monteiro no dia 26/06 com 94 anos de idade.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur, Cabo Ferreira, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1714/109-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1714/109-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Senhor Jozeni Chistino Knupp, na data de 04/07/2020.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1721/110-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1721/110-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público a Capitã Selma Carla Ferreira.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1722/111-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1722/111-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Tenente Coronel Jeferson Vitor Apolinário.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1723/112-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1723/112-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento público ao Sr. Wendel Correa da Silva, por sua atitude inovadora na região em participar de cursos específicos na CBF e ter realizado inédita pesquisa abrangendo todo o Estado de Minas Gerais, reveladora de potenciais polos geradores de talentos para a prática da atividade futebolística.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1724/113-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1724/113-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Senhor Francisco Bittencourt (tio do Sr. Clabson Lana da Costa).</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1727/114-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1727/114-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Tinauto, pela iniciativa inovadora de incentivar os Profissionais de Saúde que estão na linda de frente do enfrentamento ao Covid-19.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1730/115.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1730/115.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Maria da Silva Valentim em 12.7.2020.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1731/116-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1731/116-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de José Alves de Oliveira, o Ziquita em 8.7.2020.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1737/117-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1737/117-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Claudia Araújo Tebit,  no dia 6/7/2020.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>Professor Giovanni, Berenice do Carlos Tur, Zé Rulinha</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de professora Mariza Pereira de Souza e Silva, no dia 10/7/2020.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1747/119-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1747/119-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público a Deputada Estadual Beatriz Cerqueira pela defesa dos Servidores Estaduais contra a reforma da previdência, enviados pelo governador Zema à Assembléia através da PEC-55/20 e o PLC-46/20. Reforma essa que penaliza nossos servidores estaduais, em um momento tão delicado.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1748/120-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1748/120-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Senhora Elvira Maria Rosa.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>Zé Rulinha, Berenice do Carlos Tur, Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1749/121-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1749/121-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento a todos os servidores que integram equipes que trabalham no combate ao COVID-19, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1752/122-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1752/122-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar de todo o Poder Legislativo de Manhuaçu, pelo falecimento no dia 18 de julho de 2020 do médico Dr. Michel Hannas.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1758/123-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1758/123-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR de todo o Poder Legislativo de Manhuaçu, MG. pelo falecimento no dia 21 de julho de 2020 da Sra. ISABEL ROCHA DE CARVALHO, Dona Isa Breder</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1764/mocao_124-2020-pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1764/mocao_124-2020-pdf.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de George Wallace Neves Coelho na data de 27/07/2020.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1765/mocao_125-2020-1.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1765/mocao_125-2020-1.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao senhor Rudmar Guimarães da Silveira pela parceria com o 11BPMMG em MANHUAÇU e pelo compromisso com a segurança pública na área de atuação do Batalhão.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Thanagir Florenzano de Oliveira.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1768/mocao_de_pesae_127-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1768/mocao_de_pesae_127-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Alessandro Tavares, músico da Banda Dr. Lao.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1769/mocao_128-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1769/mocao_128-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Sr. Romeu Knupp.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1770/mocao_129-2020-pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1770/mocao_129-2020-pdf.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público às alunas Andressa Braga de Abreu e Amorim e Millena Bitencourt de Souza pela realização do estudo “CONTRIBUIÇÃO DO DIAGNÓSTICO E REGISTRO DOS CASOS DE AUTISMO PARA A MELHORIA DE POLÍTICAS PÚBLICAS NO MUNICÍPIO DE MANHUAÇU”, analisando as condições da pessoa com o Transtorno do Espectro do Autismo (TEA), suas características e exaltando a importância do diagnóstico precoce juntamente com um tratamento adequado, possibilitando avanços na aquisição de qualidade de vida. Destacou-se ainda a inclusão de autistas na sociedade, introduzindo legislações específicas, como o novo Projeto de Lei nº 4.042 de 8 de junho de 2020, que institui tratamento diferenciado à pessoa com TEA e seu acompanhante, no município de Manhuaçu e dá outras providências._x000D_
 É de imenso ganho para nossa sociedade o empenho e dedicação das alunas supracitadas, para que nossa legislação chegue a toda população Manhuaçuense.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Simoni de Oliveira Pinto Nobre, na data de 25/07/2020.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1774/mocao_131-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1774/mocao_131-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público pelos 45 anos da Escola de Formação de Oficias da Polícia Militar de Minas Gerais.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1778/132-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1778/132-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Patrulha Rural da 72º Companhia de Policia Militar de Manhuaçu.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1779/133-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1779/133-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sicoob Credilivre.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1794/134-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1794/134-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Sargento Fábio Lacerda.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1798/135-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1798/135-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Aloysio Salles Pereira no dia 01/08/2020.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1799/136-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1799/136-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Nilda Knupp no dia 03/08/2020.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público a Deputada Federal Professora Dorinha Seabra Rezende ( DEM - TO) como relatora do FUNDEB - pela aprovação da proposta PEC ( 15/15) o texto torna o Fundeb permanente e aumenta a participação da União no repasse.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Deputado Federal Mineiro Rogério Correia pelo seu empenho na aprovação do Fundeb.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1802/mocao_139-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1802/mocao_139-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público ao Deputado Federal Mineiro Padre João pelo seu empenho na aprovação do FUNDEB.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1812/140-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1812/140-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Dr. João Salomão Mansur.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1813/141-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1813/141-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público Dr. Fábio Araujo de Sá.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr.José Teixeira da Costa , pai do Vereador José Eugênio de Araújo Teixeira.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>Cabo Ferreira, Administrador Rodrigo, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1820/mocao_143-2020-pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1820/mocao_143-2020-pdf.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sargento Paulo Roberto Leite.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1824/mocao_144-2020-pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1824/mocao_144-2020-pdf.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações a Paróquia de São Lourenço pelas comemorações ao Padroeiro de Manhuaçu, São Lourenço no dia 10/08.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>Professor Giovanni, Administrador Rodrigo, Cabo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1825/mocao_145-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1825/mocao_145-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações pelos 57 anos do 11º Batalhão de Polícia Militar de Minas Gerais na Cidade de Manhuaçu no dia 10/08 de 1963.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1827/mocao_146-2020-pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1827/mocao_146-2020-pdf.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações aos deputados João Magalhães (Estadual) e ao Subtenente Gonzaga (Federal) pelas emendas parlamentares para o Município de Manhuaçu que muito tem contribuído para o bem estar da população.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1831/147-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1831/147-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público a OAB e todos os advogados e advogadas do município de Manhuaçu pelo dia do advogado 11.08.2020.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1832/mocao_148-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1832/mocao_148-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público a todos os Estudantes de Manhuaçu pelo dia 11.08.2020.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1833/149-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1833/149-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público JPP ACG e Pedrinhus pelas mensagens de motivação espalhadas pela cidade de Manhuaçu através de outdoors.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1834/mocao_150-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1834/mocao_150-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Sergio Luiz Moreira em 15.08.2020.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1840/mocao_151-2020-_pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1840/mocao_151-2020-_pdf.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de José Alfredo Perígolo.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1842/mocao_152-2020-pdf.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1842/mocao_152-2020-pdf.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Luzia Zine Delfino, no dia 14/08/2020.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>Allan do Alaor, Inspetor Juninho Linhares, Paulo Altino, Professor Giovanni, Rogerinho, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1860/mocao_153-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1860/mocao_153-2020.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Douglas Silva.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1861/mocao_154-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1861/mocao_154-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Dr. Cário Abi-Ackel - Promotor de Justiça aposentado.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1862/mocao_155-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1862/mocao_155-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Pastor Hélio Luiz Lopes - do Ministério Batista do Calvário de Manhuaçu.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>Rogerinho, Administrador Rodrigo, Inspetor Juninho Linhares, Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1864/mocao_156-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1864/mocao_156-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Carlos Augusto Ribeiro da Mota, no dia 28/08/2020.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>Moção de Reconhecimento aos Administradores de Manhuaçu e do Estado de Minas Gerais em comemoração do dia 09 de Setembro "DIA DO ADMINISTRADOR".</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1872/mocao_158-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1872/mocao_158-2020.pdf</t>
   </si>
   <si>
     <t>moção de pesar pelo falecimento do líder comunitário Domingos Garcia dos Reis, ocorrido no sábado, 29/08.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1877/mocao159-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1877/mocao159-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento aos 109 anos do Corpo de Bombeiros Militar de Minas Gerais através do Comando da 2° CIA/11° BBM na pessoa do Comandante Tenente Flávio.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1888/mocao_160-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1888/mocao_160-2020.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações pela aposentadoria da Servidora Sandra Hiker de Souza, ocupante do cargo de Investigador de Polícia Nível Especial, a partir de 02/09/2020.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1889/mocao_161-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1889/mocao_161-2020.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações pela formatura de Cleide Maria Araújo no curso Superior de Pedagogia pela UNOPAR no dia 04/09. Pelo exemplo a ser seguido de superação que nunca é tarde para estudar, nunca se deve desistir dos seus sonhos</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1895/mocao_162-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1895/mocao_162-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Luzia Rita Martins, no dia 10/09/2020.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1907/mocao_163-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1907/mocao_163-2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos e reconhecimento pelo Dia Nacional do Agente Comunitário se Saúde e do Agente de Combate as Endemias, que é celebrado no dia 04 de outubro.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1908/mocao_164-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1908/mocao_164-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar João da Mata Mariano, cunhado do Sr Afonso Dornelas.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1910/mocao_165-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1910/mocao_165-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Sra. Lucileia Satler Veríssimo , no dia 21/09/2020.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>Pelo Falecimento da Senhora Margarida Pereira de Assis, Mãe do Dr. Luiz de Assis, no dia 23/09/2020.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1919/mocao_167-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1919/mocao_167-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Senhor Vaudeliro Lima Campos.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1925/mocao_168-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1925/mocao_168-2020.pdf</t>
   </si>
   <si>
     <t>Moção de apelo aos Excelentíssimos Senhores Presidente da Câmara dos Deputados, Presidente do Senado Federal e ao Excelentíssimo Senhor Presidente da República, para que promovam as medidas necessárias à aprovação do Projeto de lei nº 5312, de 2016, que objetiva alterar o art. 9º-A da Lei nº 11.530, de 5 de outubro de 2006, reduzindo a jornada de trabalho dos ‘Agentes Comunitários de Saúde’ e dos ‘Agentes de Combate às Endemias’, das atuais 40 horas semanais, para 30 horas, trazendo maior eficiência ao cumprimento das metas e para o deslocamento aos bairros atendidos valorizando, pari passu, esses profissionais que desempenham papel indispensável à prevenção e controle de doenças.”</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1933/mocao_169-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1933/mocao_169-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de José Pettis, no dia 23/09/2020.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1935/mocao_170-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1935/mocao_170-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento a Escola Municipal São Vicente de Paulo - CAIC pela participação no Prêmio Gestão Escolar 2020.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Cabo Ferreira, Administrador Rodrigo, Inspetor Juninho Linhares, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1939/mocao_171-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1939/mocao_171-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sargento PM Daniel Alves de Abreu, em 01/10/2020.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1942/mocao_172-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1942/mocao_172-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público à escrivã Ana Rosa Campos e ao Delegado Regional Dr. Carlos Roberto Souza pelo desenvolvimento da assistente virtual Chame a Frida que é oferece atendimento 24 horas às mulheres vítimas de violência.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1943/mocao_173-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1943/mocao_173-2020.pdf</t>
   </si>
   <si>
     <t>Em 22 de novembro de 1.943, no Córrego dos Malostos, zona rural de Manhumirim/MG, nascia Lindolfo Sanglard Bastos, filho de Trajano Moreira Bastos e Raimunda Sanglard Bastos. Naquela região, viveu até próximo dos 26 anos de idade, trabalhando na lavoura de café, para ajudar no sustento da família. No ano de 1.967 se casou com Maria das Graças Fonseca Hott, com quem teve 4 filhos, sendo que 03 nasceram na cidade de Manhumirim, Roger Fernando Sanglard Bastos, Roner Sanglard Bastos e Ronaldo Sanglard Bastos. A filha, Renata Sanglard Bastos, nasceu na cidade de Manhuaçú. No ano de 1.970, com o intuito de buscar uma outra profissão, mudou-se para a área urbana de Manhumirim, indo aprender lanternagem e pintura na Volkswagen.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1947/mocao_174-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1947/mocao_174-2020.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações pelos 41 anos de vida associativa  do UBA Clube  Manhuaçu No dia 21 de setembro  2020</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>Allan do Alaor, Administrador Rodrigo, Berenice do Carlos Tur, Professor Giovanni</t>
   </si>
   <si>
     <t>Apresento à Mesa, na forma regimental, Moção de Aplausos de Comemoração ao Dia do Professor, que é comemorado no dia 15 de Outubro, data em que se homenageia os responsáveis pelo desenvolvimento da educação e do conhecimento em nosso país.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1950/mocao_176-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1950/mocao_176-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Edimarcia Madalena, no dia 26/09.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1958/mocao_177-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1958/mocao_177-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do dentista Rubens Nunes da Rosa, conhecido como "Rubinho", em 05/10/2020.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1959/mocao_178-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1959/mocao_178-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Maura Coelho.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1960/mocao_179-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1960/mocao_179-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações pelo 70º (septuagésimo) ano de instalação da Rádio Manhuaçu, que se tornou um ícone da comunicação e importante elo ao desenvolvimento de nossa região.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1964/180-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1964/180-2020.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento a Rogério Gonçalves David pelas palavras de fé que tem publicado todos os dias via redes sociais, contribuindo muito para a saúde mental e a fé de todos em nosso município.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Isabel Catrinck Sangi.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1975/182-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1975/182-2020.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Reconhecimento Público ao doutorando Engenheiro Químico Filipe Vargas Ferreira, por seu trabalho premiado internacionalmente (Alemanha - Premio Green Talents 2020), na área da Engenharia Química, desenvolvendo embalagens/produtos com maior durabilidade e quando descartados, se revelam biodegradáveis com menos tempo.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de José Alvim Godinho Spínola, irmão do Doutor Bruno Godinho Spínola, no dia 18/10.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>Moção de reconhecimento pelos 20 anos da empresa MICROPLAN completados no dia 25.10.2020. Por toda contribuição que a empresa deu para nossa cidade nesses anos.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao novo Vice Presidente da OLA - Organização Latino Americana de Administração, Administrador Gilmar Camargo de Almeida representando o Brasil e eleito em 26.10.2020. A Organização Latino Americana de Administração tem sede em Rosário na Argentina, e congrega os países da América Central, América do Sul, Caribe e México.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1980/186-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1980/186-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR à família pelo falecimento da Senhora Maria da Conceição Maciel, ocorrido no dia 28 de outubro de 2020.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1982/187-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1982/187-2020.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. Purcino Gabriel Gomes.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1998/188-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1998/188-2020.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao Trail Club Manhuaçu pela organização do 20 Enduro das Montanhas para o Mar realizado no dia 31.10.2020</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sub Ten Wagner Orlandi acadêmico da Academia Manhuaçuense de Letras.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2000/moc_190-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2000/moc_190-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO PÚBLICO A SABOR COMÉRCIO E INDÚSTRIA.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento da Sra Cacilda Gonçalves da Silva, no dia 11 de novembro do presente ano.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>Moção de Aplausos a Professora Andréa Alves de Oliveira, do Centro Universitário de Manhuaçu UniFacig, pelo trabalho apresentado e premiado durante o VI SEMINÁRIO CIENTÍFICO DOUNIFACIG 2020 - V JORNADA DE INICIAÇÃO CIENTÍFICA, ocorrido dia 12 e 13 de Novembro de 2020.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Centro Universitário de Manhuaçu UNIFACIG, pela realização da sexta edição do Seminário Científico do UNIFACIG: Sociedade, Ciência e Tecnologia que ocorreu junto com a quinta Jornada de Iniciação Científica do UNIFACIG, ocorrido em nos dias 12 e 13 de novembro de 2020.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
@@ -6731,1835 +6731,1835 @@
   <si>
     <t>Moção de pesar pelo falecimento de Nilo pio dos Santos, no dia 02/12.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>Moção de Reconhecimento pela passagem para a reserva militar do Tenente Coronel QCO Magistério GIOVANNI LATFALLA.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do José Paulo de Carvalho (Paulinho), marido da Lilita, assessora do Deputado Braulio Braz. Profissional dedicado, amigo sempre presente, carismático e exemplo de ser humano, Paulinho deixa a esposa e dois filhos.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sgt Odenir Ramos.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2038/oficio_333.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2038/oficio_333.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Leci Maria Ferreira, mãe da enfermeira Eni.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2039/oficio_334.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2039/oficio_334.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Zélia Maria de Oliveira avó da Joseane do Senac</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2040/oficio_335.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2040/oficio_335.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Tenente Antônio Marcelino Portes.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>Moção de Reconhecimento aos idealizadores do PROJETO FRIDA, ganhador do 1º lugar do Premio INOVA 2020 do Governo de Minas Gerais.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>Moção de Repúdio ao desmonte com a revogação de 100 portarias sobre saúde mental, o que atingiria diversos programas e serviços do Sistema Único de Saúde (SUS) e ocasionaria um desmonte nas políticas de saúde mental da rede pública do país, promovido pelo Governo do Senhor Jair Messias Bolsonaro.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2049/oficio_337.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2049/oficio_337.pdf</t>
   </si>
   <si>
     <t>Moção de pesar Tarciso  dos santos Fonseca, primo do vivaldino que trabalha no shopping.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Elenice Martins Rodrigues em 07.12.2020_x000D_
 Sobrinha João do Samal.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>Moção de Repúdio ao Ministério da Saúde representado pelo Ministro de Estado da Saúde Eduardo Pazuello, por suspender os exames de genotipagem no Sistema Único de Saúde (SUS) para pessoas que vivem com HIV, aids (a doença causada pelo vírus) e hepatites virais. O teste é essencial para definir o tratamento mais adequado para quem desenvolve resistência a algum medicamento.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2055/oficio_340.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2055/oficio_340.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento público ao Tenente Coronel Ronaldo Franco de Oliveira Comandante do 11 Batalhão de Polícia Militar de Minas Gerais em_x000D_
 Manhuaçu.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2056/oficio_341.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2056/oficio_341.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento a promoção do Capitão Luiz Fabiane Hott.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento Rubens da Silva castro.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento em 11.12.2020 Jonadiles Pacheco do Amaral.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao Sr Giovani Baroni novo presidente  da CDL Manhuaçu.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao Sr. Jony Alves Evaristo, pela conquista do título de Mestrado pela Universidade Enescam.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>TCE-MG</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1599/2020-05-29_173955.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1599/2020-05-29_173955.pdf</t>
   </si>
   <si>
     <t>Parecer prévio emitido sobre as contas do município de Manhuaçu referente ao exercício de 2015, do ex-prefeito Nailton Cotrim Heringer.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Maria Aparecida Magalhães Bifano</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/projeto_de_lei_no_001_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/projeto_de_lei_no_001_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de subvenção social à Associação Pequeninos do Reino e contém outras providências.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_no_002_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_no_002_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a delegar a prestação do serviço público de estacionamento rotativo mediante concessão e dá outras providências.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_no_03-2020_-_revisao_geral_de_vencimento_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_no_03-2020_-_revisao_geral_de_vencimento_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores e dá outras providências.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_no_04-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Rua Ataíde José de Souza e dá outras providências.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_005_2020_2.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_005_2020_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação dos Professores de Educação Física de Manhuaçu e Região – APEF, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/projeto_de_lei_no_006_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/projeto_de_lei_no_006_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros ao Hospital César Leite, e dá outras providências.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_007_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_007_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão complementar dos vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_para_vereador_adm_rodrigo_que_da_nome_em_ubs_de_dom_correa_clemente_maria_ribeiro.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_para_vereador_adm_rodrigo_que_da_nome_em_ubs_de_dom_correa_clemente_maria_ribeiro.docx</t>
   </si>
   <si>
     <t>Dá nome de Clemente Maria Ribeiro à Unidade Básica de Saúde - UBS do Distrito de Dom Corrêa, neste município de Manhuaçu-MG e contém outras providências.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>Juarez Eloi</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/projeto_de_lei_09-2020_que_da_nome_a_creche_de_sacramento_de_pedro_jose_ribeiro.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/projeto_de_lei_09-2020_que_da_nome_a_creche_de_sacramento_de_pedro_jose_ribeiro.pdf</t>
   </si>
   <si>
     <t>Dá nome de "PEDRO JOSÉ RIBEIRO" à Creche Municipal no Distrito de São Sebastião do Sacramento, neste município de Manhuaçu e contém outras providências.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>Gilsinho, Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_lei_10-2020_institui_a_politica_municipal_de_conscientizacao_e_orientacao_sobre_o_lupus_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_lei_10-2020_institui_a_politica_municipal_de_conscientizacao_e_orientacao_sobre_o_lupus_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui a "Política Municipal de Conscientização e Orientação sobre o Lúpus" e dá outras providências.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/projeto_de_lei_11-2020_que_altera_a_lei_municipal_da_fibromialgia.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/projeto_de_lei_11-2020_que_altera_a_lei_municipal_da_fibromialgia.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo Único do Art. 4º da Lei nº 3.940, de 02 de maio de 2019, que institui o Dia Municipal da Fibromialgia e dá outras providências, para renumerá-lo, inserindo sanção por descumprimento de obrigação estabelecida em referida Lei e dá outras providências.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_12-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_12-2020.pdf</t>
   </si>
   <si>
     <t>Altera anexo I da Lei nº 3.548 de 04 de dezembro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_13-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_13-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Rua Francisco Marcelino de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_14-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_14-2020.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 1º da Lei nº 3.320, de 06 de setembro de 2013 e contém outras providências.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1367/projeto_de_lei_no_15-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1367/projeto_de_lei_no_15-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização de construções, reformas, modificações ou ampliações de edificações comprovadamente existentes no Município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_para_vereador_rodrigo_administrador_tratamento_diferenciado_aos_portadores_de_autismo_autistas.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_para_vereador_rodrigo_administrador_tratamento_diferenciado_aos_portadores_de_autismo_autistas.pdf</t>
   </si>
   <si>
     <t>Institui tratamento diferenciado à pessoa com TEA - Transtorno de Espectro do Autismo e seu acompanhante, no município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_011_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_011_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse de recursos financeiros à Associação de Mulheres de Monte Alverne e dá outras providências.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_18-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_18-2020.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei nº 2.139, de 01 de outubro de 1998, que dispõe sobre a denominação de logradouro público que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1392/projeto_de_lei_no_012_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1392/projeto_de_lei_no_012_2020.pdf</t>
   </si>
   <si>
     <t>Altera quadro de vagas da Lei nº 3.807, de 05 de março de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1434/projeto_de_lei_no_013_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1434/projeto_de_lei_no_013_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial em razão do recebimento de cessão onerosa, e dá outras providências.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1454/2020-04-30_174408.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1454/2020-04-30_174408.pdf</t>
   </si>
   <si>
     <t>Abre vagas junto a Plano de Cargos e Salários do Município, vertido na Lei nº 2.418 de 30 de janeiro de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1456/projeto_de_lei_no_016_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1456/projeto_de_lei_no_016_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse de recursos financeiros ao Hospital César Leite e dá outras providências.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Jorge do Ibéria, Vantuil</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1484/pl_23-2020_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1484/pl_23-2020_linhares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Farmácia Municipal Vereador Juarez Cleres Elói o prédio público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Dispõe sobre a equiparação de vencimentos básicos do cargo de Auxiliar de Secretaria da Câmara Municipal, de que trata a Lei No. 3.472, de 22 de abril de 2015, que instituiu o Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos da Câmara Municipal de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1491/2020-05-06_165831.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1491/2020-05-06_165831.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do art. 3º da Lei Municipal nº 3.619 de 30 de agosto de 2016 que "Dispõe sobre a reestruturação e atribuições do Conselho Municipal de Saúde de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1502/2020-05-13_133707.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1502/2020-05-13_133707.pdf</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1511/projeto_de_lei_27-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1511/projeto_de_lei_27-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária do município de Manhuaçu para o exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1528/projeto_de_lei_no_020_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1528/projeto_de_lei_no_020_2020.pdf</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1552/pl_29-2020_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1552/pl_29-2020_linhares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de ruas Alcino Leonardo da Silva e Nelson Carlos Miguel, no bairro Ponte da Aldeia, nesta cidade.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 2.418, de 30 de janeiro de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1565/2020_projeto_de_lei_declara_de_utilidade_publica_a_associacao_de_policia_mirim.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1565/2020_projeto_de_lei_declara_de_utilidade_publica_a_associacao_de_policia_mirim.pdf</t>
   </si>
   <si>
     <t>Declara como entidade de reconhecida utilidade pública municipal a ASSOCIAÇÃO DE POLÍCIA MIRIM DE MANHUAÇU E contém outras providências.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1584/projeto_de_lei_libras_camara_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1584/projeto_de_lei_libras_camara_2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LÍNGUA BRASILEIRA DE SINAIS (LIBRAS) E A TRADUÇÃO SIMULTÂNEA DOS TRABALHOS PARLAMENTARES NAS SESSÕES DA CÂMARA MUNICIPAL DE MANHUAÇU.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1585/33-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1585/33-2020.pdf</t>
   </si>
   <si>
     <t>Altera o valor de entidade beneficiária de subvenção social constante da Lei nº 4.000, de 13 de dezembro de 2019.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1622/projeto_de_lei_34_2020_incluindo_paragrafo_unico_no_art_quarto_e_assim_substituir_o_que_esta_no_processo.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1622/projeto_de_lei_34_2020_incluindo_paragrafo_unico_no_art_quarto_e_assim_substituir_o_que_esta_no_processo.pdf</t>
   </si>
   <si>
     <t>Fixa subsídio mensal do Prefeito, Vice-Prefeito e Secretário Municipal do Município de Manhuaçu, para legislatura de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1628/35-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1628/35-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial e alterar o plano plurianual.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>Institui o Prêmio Paulo Freire, no âmbito da Câmara Municipal de Manhuaçu, a ser concedido anualmente a profissionais da educação de escolas da rede pública e privada municipal que tenham desenvolvido ou estejam desenvolvendo ações inovadoras no campo da valorização da educação neste município.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1668/pl_37-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1668/pl_37-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de uso do bem imóvel que especifica ao Estado de Minas Gerais, por intermédio da Secretaria de Estado da Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1706/projeto_de_lei_no_024_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1706/projeto_de_lei_no_024_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a participação do Município de Manhuaçu - MG em Consórcio Público para gestão associada de resíduos sólidos, e dá outras providências.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1759/2020-07-23_133831.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1759/2020-07-23_133831.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial e alterar o Plano Plurianual.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>Declara como entidade de reconhecida utilidade pública municipal a AMAR MANHUAÇU e contém outras providências.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>Cléber da Matinha, Gilsinho, Inspetor Juninho Linhares, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1788/pl_41-2020_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1788/pl_41-2020_linhares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a caracterização das celebrações religiosas como atividades essenciais, o funcionamento dos templos de qualquer culto, observada as medidas preventivas que especifica, enquanto durar o estado de emergência e/ou de calamidade pública em razão da pandemia de COVID-19, no município de Manhuaçu e contém outras providências.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1792/42-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1792/42-2020.pdf</t>
   </si>
   <si>
     <t>Dá nome de Sônia Maria Maurício Silva Perígolo, ao edifício do Centro Administrativo da Secretaria Municipal de Saúde de Manhuaçu e contém outras providências.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1815/projeto_de_lei_no_026_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1815/projeto_de_lei_no_026_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Manhuaçu - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1816/projeto_de_lei_no_025_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1816/projeto_de_lei_no_025_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse de recursos financeiros ao Asilo São Vicente de Paulo de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1818/projeto_de_lei_no_027_2020_1.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1818/projeto_de_lei_no_027_2020_1.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse de recursos financeiros à Associação e Ação Social do Bairro São Vicente e dá outras providências.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder Auxílio Financeiro Emergencial aos motoristas de transporte escolar, motoristas de trasnporte escolar auxiliar e monitores de transporte escolar, enquanto perdurar a suspensão das aulas presenciais nas escolas do Município de Manhuaçu, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1822/projeto_de_lei_para_verador_allan_do_alaor_que_da_nome_de_escadaria_no_bairro_santa_terezinha.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1822/projeto_de_lei_para_verador_allan_do_alaor_que_da_nome_de_escadaria_no_bairro_santa_terezinha.pdf</t>
   </si>
   <si>
     <t>Dá nome ao logradouro público de Escadaria Vitória, que se inicia na Rua Santa Inês, fazendo ligação com  a Rua São Mateus, no Bairro Sana Terezinha, na sede do município de Manhuaçu.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1823/48-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1823/48-2020.pdf</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>Gilsinho, Administrador Rodrigo, Inspetor Juninho Linhares</t>
   </si>
   <si>
     <t>Dá nome de ‘Farmácia Municipal José Sabino’, à farmácia integrada do SUS–Manhuaçu, no Distrito de Vilanova e contém outras providências.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1878/projeto_de_lei_empreendedorismo_e_nocoes_de_direito_nas_escolas_municipais.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1878/projeto_de_lei_empreendedorismo_e_nocoes_de_direito_nas_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Institui os temas "Empreendedorismo" e "Noções de Direito e Cidadania", a serem abordadas nas escolas municipais de Manhuaçu.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1879/projeto_de_lei_proibindo_o_uso_de_linha_chilena_no_municipio_de_manhuacu_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1879/projeto_de_lei_proibindo_o_uso_de_linha_chilena_no_municipio_de_manhuacu_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Proíbe o uso da linha chilena no município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1901/2020-10-26_135504.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1901/2020-10-26_135504.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação do serviço de segurança e vigilância em instituições financeiras do município de Manhuaçu - MG e contém outras providências.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1914/projeto_de_lei_no_030_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1914/projeto_de_lei_no_030_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal do Idoso, sobre a criação do Fundo Municipal do Idoso e dá outras providências.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1917/2020-09-24_123652.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1917/2020-09-24_123652.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos do Município de Manhuaçu, Estado de Minas Gerais, o Dia Municipal de Defesa das Prerrogativas da Advocacia Manhuaçuense, a ser comemorado anualmente no dia 15 de agosto, e dá outras providências.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1918/projeto_de_lei_no_031_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1918/projeto_de_lei_no_031_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Políticas Sobre Drogas de Manhuaçu, revoga as Leis Municipais nº 3.398/2014 e nº 3.675/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>Jorge do Ibéria, Zé Eugênio</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1936/projeto_de_lei_para_vereador_jorge_do_iberia_que_da_nome_no_campo_de_futebol_do_distrito_de_vilanova_de_eder_bartbosa_porto.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1936/projeto_de_lei_para_vereador_jorge_do_iberia_que_da_nome_no_campo_de_futebol_do_distrito_de_vilanova_de_eder_bartbosa_porto.pdf</t>
   </si>
   <si>
     <t>Dá nome de ´EDER BARBOSA PORTO´, ao Campo de Futebol, bem público, localizado no Distrito de Vilanova, município de Manhuaçu, Estado de Minas Gerais e contém outras  providências.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1937/projeto_de_lei_57-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1937/projeto_de_lei_57-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROPOSTA ORÇAMENTÁRIA, ESTIMANDO A RECEITA E FIXANDO A DESPESA DO MUNICÍPIO DE MANHUAÇU PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1938/projeto_de_lei_para_vereador_elenilton_martins_dando_nome_de_jose_gomes_da_silva_ao_posto_de_saude_de_palmeiras.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1938/projeto_de_lei_para_vereador_elenilton_martins_dando_nome_de_jose_gomes_da_silva_ao_posto_de_saude_de_palmeiras.pdf</t>
   </si>
   <si>
     <t>Dá nome de JOSÉ GOMES DA SILVA, ao edifício do E.S.F. do Distrito de Palmeiras, Município de Manhuaçu, Estado de Minas Gerais e contém outras providências.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1941/projeto_de_lei_59-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1941/projeto_de_lei_59-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Subvenções Sociais, Auxílios e Contribuições e contém outras providências.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1953/projeto_de_lei_para_vereador_linhares_institui_mes_agosto_lilas_contra_a_violencia_domestica_1.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1953/projeto_de_lei_para_vereador_linhares_institui_mes_agosto_lilas_contra_a_violencia_domestica_1.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Agosto Lilás inserindo-a no calendário oficial de eventos do Município de Manhuaçu, Estado de Minas Gerais, de modo a desenvolver ações contra a violência doméstica e familiar contra a mulher no município e dá outras providências.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1971/61-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1971/61-2020.pdf</t>
   </si>
   <si>
     <t>Obriga as unidades educacionais, no âmbito do municipio de Manhuaçu, a disponibilizarem carteiras em locais determinados aos estudantes com Transtorno de Deficit de Atenção e Hiperatividade - TDAH.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de ruas no loteamento Vale da Ema neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1990/projeto_de_lei_para_vereador_administrador_rodrigo_que_institui_o_circuito_cicloturistico_de_manhuacu.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1990/projeto_de_lei_para_vereador_administrador_rodrigo_que_institui_o_circuito_cicloturistico_de_manhuacu.docx</t>
   </si>
   <si>
     <t>Institui o Circuito Cicloturístico de Manhuaçu, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Paulo Altino, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1997/pl_64-2020_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1997/pl_64-2020_linhares.pdf</t>
   </si>
   <si>
     <t>Dá nome de 'UBS João Rodrigues de Oliveira', ao prédio da Unidade Básica de Saúde instalada no Bairro Petrina, na sede do município de Manhuaçu, Estado de Minas Gerais e contém outras providências.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2005/projeto_de_lei_65-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2005/projeto_de_lei_65-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a abrir credito especial e alterar o plano plurianual.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2006/projeto_de_lei_no_036_2020.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2006/projeto_de_lei_no_036_2020.doc</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2009/projeto_de_lei_67-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2009/projeto_de_lei_67-2020.pdf</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2010/projeto_de_lei_68-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2010/projeto_de_lei_68-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse financeiro à Associação de Mulheres de São Pedro do Avaí e contém outras providências.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2035/2021-01-15_134120.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2035/2021-01-15_134120.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei nº 3.548 de 04 de dezembro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2045/projeto_de_lei_no_042_2020.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2045/projeto_de_lei_no_042_2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre Loteamento de acesso controlado do Município de Manhuaçu e da outras providências.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2048/projeto_de_lei_no_039_2020.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2048/projeto_de_lei_no_039_2020.doc</t>
   </si>
   <si>
     <t>Autoriza repasse de recursos financeiros ao Hospital César Leite e dá outras providências.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2046/projeto_de_lei_no_041_2020.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2046/projeto_de_lei_no_041_2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre repasse financeiros, na forma de contribuição, à Polícia Civil e dá outras providências.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>INSTITUI O "DIA MUNICIPAL DE SAÚDE" PARA DISPOR SOBRE MEDIDAS DE INCENTIVO AO CUIDADO PRECOCE EM SAÚDE.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2060/projeto_de_lei_para_vereadores_inspetor_juninho_linhares_e_rogerinho_que_da_nome_de_escadaria_geraldo_mangela_batista_tonhao_a_logradouro_publico_na_petrina.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2060/projeto_de_lei_para_vereadores_inspetor_juninho_linhares_e_rogerinho_que_da_nome_de_escadaria_geraldo_mangela_batista_tonhao_a_logradouro_publico_na_petrina.pdf</t>
   </si>
   <si>
     <t>Dá nome de Escadaria Geraldo Mangela Batista(Tonhão), a logradouro público que especifica no município de Manhuaçu, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2061/projeto_de_lei_para_vereadores_rogerinho_e_inspetor_juninho_linhares_que_da_nome_de_viela_jose_francisco_de_souza_zoza_a_logradouro_publico_no_bairro_petrina_manhuacu.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2061/projeto_de_lei_para_vereadores_rogerinho_e_inspetor_juninho_linhares_que_da_nome_de_viela_jose_francisco_de_souza_zoza_a_logradouro_publico_no_bairro_petrina_manhuacu.pdf</t>
   </si>
   <si>
     <t>Dá nome de Viela José Francisco de Souza (Zoza), a logradouro público que especifica no município de Manhuaçu, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2062/projeto_de_lei_no_043_2020_1.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2062/projeto_de_lei_no_043_2020_1.pdf</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2065/projeto_de_lei_no_044_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2065/projeto_de_lei_no_044_2020.pdf</t>
   </si>
   <si>
     <t>Altera o valor de subvenção social destinado Subvenção ao Centro de Apoio à Família – CAF Boa Nova, constante do artigo 1º da Lei nº 4.072/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/projeto_de_lei_complementar_no_001_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/projeto_de_lei_complementar_no_001_2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 011, de 06 de agosto de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_complementar_no_002_2020_i.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_complementar_no_002_2020_i.pdf</t>
   </si>
   <si>
     <t>Concede isenção de pagamento de IPTU e TFLF a imóveis edificados atingidos por enchentes, alagamentos ou deslizamento de terra causados pelas chuvas ocorridas no Município de Manhuaçu – MG e dá outras providências.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1974/projeto_de_lei_complementar.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1974/projeto_de_lei_complementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regulamentação do artigo 3º, § 2º, inciso I, alínea "a; inciso II, alínea "b" e inciso III, alínea "b", da Lei Federal nº 12.587, de 3 de janeiro de 2012, alterada pela Lei Federal nº 13.640/18, disciplinado o uso do Sistema Viário Urbano de Manhuaçu para exploração de serviço de transporte individual privado remunerado de passageiros e de serviço de compartilhamento de veículos sem condutor vinculado, ambos intermediados por plataformas digitais gerenciadas por Provedoras de Redes de Compartilhamento.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/resolucao_bombeiros.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/resolucao_bombeiros.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito aos Bombeiros Militares que salvaram oito pessoas em desabamento de casa no bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/servidores_da_camara_-_recomposicao_de_vencimentos_-_2020_-_projeto_de_resolucao.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/servidores_da_camara_-_recomposicao_de_vencimentos_-_2020_-_projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual de vencimento aos Servidores do Poder Legislativo do Município de Manhuaçu.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/projeto_de_resolucao_n_03.2020_-_prorroga_prazo_cpi_adalto.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/projeto_de_resolucao_n_03.2020_-_prorroga_prazo_cpi_adalto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo da CPI criada pela Resolução nº 029, de 14 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1355/progressao_horizontal_-_2010_-_prejoto_de_resolucao.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1355/progressao_horizontal_-_2010_-_prejoto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de retribuição financeira por progressão horizontal na carreira aos servidores que menciona e contém outras providências.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1373/projeto_de_resolucao_de_honra_ao_merito_para_adm_rodrigo_para_edmar_jose_da_cunha.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1373/projeto_de_resolucao_de_honra_ao_merito_para_adm_rodrigo_para_edmar_jose_da_cunha.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Edmar José da Cunha e dá outras providências.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Dr. Luiz Cláudio Mendes Valle e dá outras providências.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1516/projeto_de_resolucao_07_de_2020_cria_o_centro_de_atencao_ao_cidadao_da_camara_municipal.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1516/projeto_de_resolucao_07_de_2020_cria_o_centro_de_atencao_ao_cidadao_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Cria o Centro de Atenção ao Cidadão da Câmara Municipal de Manhuaçu, regulamenta o seu funcionamento, disciplina a sua competência e dá outras providências.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. Marco Antônio Rocha e dá outras providências.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>Professor Giovanni, Rogerinho, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1586/09-2020.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1586/09-2020.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária do Município de Manhuaçu à Sra. Delma Maria de Almeida Simão e dá outras providências.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1611/2020-06-02_172854.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1611/2020-06-02_172854.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Temporária Especial que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1621/vereador_-_subsidio_-_fixacao_-_legislatura_2021_a_2024_-_projeto_de_resolucao.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1621/vereador_-_subsidio_-_fixacao_-_legislatura_2021_a_2024_-_projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Fixa subsídio mensal do vereador à Câmara Municipal de Manhuaçu, para a legislatura de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1707/cpi_da_cpi_-_resolucao_12_de_24.06.2020_2.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1707/cpi_da_cpi_-_resolucao_12_de_24.06.2020_2.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Parlamentar de Inquérito - CPI mediante Requerimento de 1/3 (um terço) dos integrantes da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>Zé Rulinha, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1821/13-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1821/13-2020.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. Alexsandro da Costa Lemos e dá outras providências.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária do Município de Manhuaçu Sra. Verônica Corrêa de Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1926/projeto_de_resolucao_para_vereador_jorge_do_iberia_que_concede_titulo_de_cidadao_honorario_para_joao_lopes_soares_engenheiro_agronomo_da_prefeitura_de_manhuacu.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1926/projeto_de_resolucao_para_vereador_jorge_do_iberia_que_concede_titulo_de_cidadao_honorario_para_joao_lopes_soares_engenheiro_agronomo_da_prefeitura_de_manhuacu.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. João Lopes Soares e dá outras providências.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>Prorroga o prazo da CPI criada pela Resolução nº 12, de 24 de junho de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1961/17-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1961/17-2020.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito a ÉTICA CONTÁBIL E JURÍDICA, empresa de assessoria nos seguimentos contábil, jurídico, engenharia e arquitetura, com sede em Manhuaçu-MG, e contém outras providências.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1973/projeto_de_resolucao_para_vereador_giovanni_professor_cidadao_honorario_para_oziel_mendes_de_paiva_junior.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1973/projeto_de_resolucao_para_vereador_giovanni_professor_cidadao_honorario_para_oziel_mendes_de_paiva_junior.pdf</t>
   </si>
   <si>
     <t>Concede o título de Cidadão Honorário do Município de Manhuaçu ao Sr. Oziel Mendes de Paiva Júnior e dá outras providências.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>Concede o título de Cidadão Benemérito de Manhuaçu. Estado de Minas Gerais ao Sr. Francisco de Assis Nunes e contém outras providências.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2022/projeto_de_resolucao_dr_joao_sanches.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2022/projeto_de_resolucao_dr_joao_sanches.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE MANHUAÇU AO SENHOR JOÃO SANCHES FERREIRA.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito do Município de Manhuaçu ao Sr. Ten.-Cel. PM Médico SAMUEL CURVELO DE ASSIS e dá outras providências.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à Sra. Ronara Mendes de Amorim e dá outras providências.”</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>Cléber da Matinha, Paulo Altino, Zé Rulinha</t>
   </si>
   <si>
     <t>Institui a Medalha República Manhuassu da Câmara Municipal de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à Ana Rosa Campos e dá outras providências.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Honorário ao Sr Cilas Galdino Junior e dá outras providências.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao jovem Jackson Ribeiro de Souza, por sua dedicação e empenho que resultou em aprovação com bolsa de estudos integral no curso de medicina.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2064/projeto_de_resolucao_concedendo_progressao_horizontal_para_patricia_soti_huebra.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2064/projeto_de_resolucao_concedendo_progressao_horizontal_para_patricia_soti_huebra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de retribuição financeira por progressão horizontal na carreira a servidor que menciona e contém outras providências.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1627/substitutivo_do_projeto_no._16_2020_que_institui_tratamento_diferenciado_a_pessoa_com_transtorno_do_espectro_autista_1.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1627/substitutivo_do_projeto_no._16_2020_que_institui_tratamento_diferenciado_a_pessoa_com_transtorno_do_espectro_autista_1.pdf</t>
   </si>
   <si>
     <t>Institui tratamento diferenciado à pessoa com TEA-Transtorno do Espectro Autista e seu acompanhante, no município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1981/substitutivo_ao_projeto_de_lei_complementar.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1981/substitutivo_ao_projeto_de_lei_complementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regulamentação do artigo 3º, § 2º, inciso I, alínea "a"; inciso II, alínea "b" e inciso III, alínea "b", da Lei Federal nº 12.587, de 3 de janeiro de 2012, alterada pela Lei Federal nº 13.640/18,disciplinando o uso do Sistema Viário Urbano de Manhuaçu para exploração de serviço de transporte individual privado remunerado de passageiros e de serviço de compartilhamento de veículos sem condutor vinculado, ambos intermediados por plataformas digitais gerenciadas por Provedoras de Redes de Compartilhamento.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_01-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_01-2020.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Diretor do Samal para prestar esclarecimentos na reunião de 06/02/2020 sobre o acúmulo de lixos, falta de lixeiras, explicar por que o Samal não gera recursos como no governo anterior, reformas dos contêineres de lixo, por que não compararam novos e questões de contratação de pessoal.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_02-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_02-2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Câmara de Manhuaçu entrar na justiça para conseguir as notas fiscais de horas de máquinas.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_03-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_03-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeitura de Manhuaçu informações de quantas retroescavadeiras foram contratadas e quantas o município tem próprias, com detalhamento de modelo, eventuais defeitos e relatório de trabalho e de pagamentos das contratadas.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/requerimento_no_04-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/requerimento_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Saúde e setor de Vigilância em Saúde informações e documentos comprobatórios das ações e planejamento realizados nos últimos meses e a realizar nos próximos sobre o combate e prevenção contra o mosquito transmissor da Dengue.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_no_05-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Conselho Municipal de Trânsito informação sobre quais as providências serão tomadas na Avenida Tancredo Neves para regularizar a situação dos quebra-molas que não possuem sinalização vertical e os tachões (olho de gato) que foram fixados delimitando a pista em tamanho menor ao dos caminhões que ali transitam.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/rec-06-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/rec-06-2020.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre as medidas que estão sendo tomadas pela Prefeitura de Manhuaçu junto aos responsáveis pelos loteamentos na parte alta dos Bairros Sagrada Família e Petrina, considerando os recorrentes problemas com enxurradas e lama de fortes chuvas que têm trazido muitos transtornos e prejuízos aos moradores, como na Rua Juquinha Santana e na Rua Antônio Rodrigues Lomeu (Beco do Lomeu) entre outras localidades diretamente afetadas.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>Zé Rulinha, Adalto, Cabo Ferreira, Cléber da Matinha, Paulo Altino, Tony Mix</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/req-07-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/req-07-2020.pdf</t>
   </si>
   <si>
     <t>Requerem a realização de audiência pública para discussão do Projeto de Lei nº 02/2020, de autoria do Executivo Municipal, que “Autoriza o Poder Executivo a delegar a prestação do serviço público de estacionamento rotativo mediante concessão e dá outras providências”.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/req-08-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/req-08-2020.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal informe as condições do depósito do entulho e lama que estão sendo retirados das ruas e imóveis de Manhuaçu por conta da enchente.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_09-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_09-2020.pdf</t>
   </si>
   <si>
     <t>Requer informação do SAMAL e Prefeitura Municipal de Manhuaçu sobre a medida adotada após protocolo abaixo-assinado dos moradores do Distrito de Ponte do Silva quanto a negligência do funcionário R.C.R após às enchentes.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/requerimento-10-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/requerimento-10-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeitura Municipal de Manhuaçu informação sobre a situação e previsão de conserto para da ponte da Vila Cachoeirinha.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/req-11-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/req-11-2020.pdf</t>
   </si>
   <si>
     <t>Requer informação da Prefeitura Municipal sobre a situação da construção de uma Usina de Asfalto na sede do Município de Manhuaçu;</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/requerimento-12-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/requerimento-12-2020.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria de Obras apresente a este legislador e a Câmara Municipal os laudos técnicos de todas as pontes da cidade e dos distritos, haja vista os dois impactos sofridos em pequeno espaço de tempo em virtude das enchentes que assolaram nossa cidade e devido ao tempo de construção das mesmas.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/req-13-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/req-13-2020.pdf</t>
   </si>
   <si>
     <t>Requer auxílio aos Deputados Estaduais que receberam votos no Município de Manhuaçu que através de empenho pessoal viabilizem recursos para a reconstrução da cidade de Manhuaçu, bem como para os projetos necessários de prevenção de enchentes e desabamentos.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/requerimento-14-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/requerimento-14-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre representação de suposta irregularidade em obra pública que especifica e contém outras providências.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/70-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/70-2020.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Legislativo oficie às autoridades competentes, expedindo "CONVOCAÇÃO" à Exma. Sra. Secretária Municipal de Saúde, que valendo-se de seus conhecimentos, atuação e de seus assessores, venha a esta Casa Legislativa, em data a ser designada por V. Exa., e em sessão aberta ao público, apresente-se com relatórios e tudo o quanto mais for necessário com a finalidade de prestar as devidas contas e esclarecimentos ao Plenário e à população eventualmente presente, a respeito da real situação em que se encontra, dos atendimentos, e tudo o mais necessário a ser esclarecido à população e a este Poder, - (vez que age no seu dever de fiscalizar) - quanto a esta reclamação, fila de espera etc., na área da saúde - setor de oftalmologia.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1362/req_16-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1362/req_16-2020.pdf</t>
   </si>
   <si>
     <t>Requerer do SAAE, informações sobre o corte da insalubridade dos operadores de ETA, bem como cópia dos laudos LTCAT emitidos por profissional responsável e qualificado para emissão do mesmo.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1363/req_17-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1363/req_17-2020.pdf</t>
   </si>
   <si>
     <t>Requer do sintram sindicato dos servidores públicos que se manifeste sobre a legalidade ou não do corte da insalubridade dos operadores de ETA do SAAE, bem como envio de cópia de documentos, estudo próprio ou de profissionais habilitado( LTCAT) se houver.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1369/req_18-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1369/req_18-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeitura de Manhuaçu informações sobre a possibilidade de concessão, através da Secretaria Municipal de Esportes, da quadra poliesportiva do Distrito de Vilanova em favor da Comunidade Vilanovense - COMVILAN.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1379/req_19-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1379/req_19-2020.pdf</t>
   </si>
   <si>
     <t>Requer a reiteração de resposta ao requerimento nº 72/2019, de autoria dos Vereadores Cléber da Penha Benfica e Paulo César Altino, que “Requerem da Secretária Municipal de Saúde informações sobre o custo médio por dia de 01 (um) paciente/usuário internado com refeição, medicamentos e outros itens necessários durante sua permanência à espera de realização de cirurgias e demais procedimentos médicos em todos os serviços de saúde prestados pelo Hospital Municipal/UPA de Manhuaçu em 2019”, aprovado em 05/12/2019.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1380/req_20-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1380/req_20-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria Municipal de Saúde providências acerca de reclamações de usuários/pacientes do Hospital Municipal de Manhuaçu (UPA) quanto à falta de atenção e respeito de atendentes da portaria, assim como servidores que frequentemente deixam o local de trabalho e fazem uso de cigarro do lado de fora da unidade.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1393/2020-05-14_171023.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1393/2020-05-14_171023.pdf</t>
   </si>
   <si>
     <t>O Vereador Antônio Aparecido Viana, na condição de Relator da Comissão de Obras Públicas, Viação, Agricultura, Meio Ambiente, Comércio e Indústria, no uso de suas atribuições, motivado pelo requerimento nº 14/2020 de autoria do Vereador Cléber da Penha Benfica, doc. junto, onde apresenta denúncia recebida em redes sociais e filmagem, lançando sérias dúvidas e suspeitas de possíveis irregularidades, em especial, superfaturamento sobre a construção da QUADRA POLIESPORTIVA DO BAIRRO MATINHA._x000D_
 Portanto, requer ao Presidente da Câmara de Manhuaçu que seja oficiado ao Executivo solicitando a remessa a esta Casa, no prazo legal, cópia do processo licitatório referente à mencionada obra, bem como todos os documentos inerente às despesas e pagamentos já realizados à empresa vencedora contratada.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>Adalto, Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1421/22-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1421/22-2020.pdf</t>
   </si>
   <si>
     <t>Solicita um relatório pormenorizado com as despesas com obras na Rua Juquinha Santana - nos últimos 24 meses.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1422/23-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1422/23-2020.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas e cópias das autorizações / licenças para os loteamentos localizados acima dos bairros Sagrada Família e Petrina, especialmente no trecho acima da rua Juquinha Santana.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1423/24-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1423/24-2020.pdf</t>
   </si>
   <si>
     <t>Solicita informações da Prefeitura de Manhuaçu sobre o motivo das linhas de transporte coletivo urbano e distrital continuarem sem funcionamento, tendo em vista que o decreto municipal permite a operação com restrições de número de passageiros e a comunidade, especialmente dos bairros e distritos está sem o serviço há vários dias.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1466/25-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1466/25-2020.pdf</t>
   </si>
   <si>
     <t>Requerimento para a secretária de saúde, solicitando que entre em entendimento com HCL e outros convênios no sentido de que sejam retomadas as cirurgias eletivas pelo SUS, no município de Manhuaçu._x000D_
 Justificativa: embora sabemos que a pandemia corona vírus no mundo e em nosso país, seja séria e muito preocupante, não podemos deixar desassistidas as outras enfermidades, principalmente quando depende de cirurgia para restabelecer a saúde da pessoa doente. Até porque dependendo do caso a enfermidade também pode levar a pessoa a morte.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1475/26-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1475/26-2020.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando prestação de contas detalhadas dos recursos recebidos destinado para calamidade da enchente, bem como obras para a enchente;</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1476/27-2020.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1476/27-2020.docx</t>
   </si>
   <si>
     <t>Requerimento solicitando prestação de contas detalhadas dos recursos recebidos destinados ao combate à Covid-19 / Novo Coronavírus.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1489/28-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1489/28-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeitura e da Secretaria Municipal de Saúde estudo de viabilidade de concessão de adicional de insalubridade para todos os servidores de equipes de Estratégia Saúde da Família (ESF), considerando os riscos à saúde dos profissionais pela exposição ao coronavírus (covid-19).</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>Requer da Prefeitura de Manhuaçu informações estudo de viabilidade de concessão de gratificação a todos os servidores da limpeza e saúde durante a pandemia, considerando os riscos à saúde dos profissionais pela exposição ao coronavírus (covid-19).</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1492/30-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1492/30-2020.pdf</t>
   </si>
   <si>
     <t>Requerendo ao presidente da câmara, que as reuniões passem a ser através de vídeo conferência,_x000D_
 Justificativa: devido a grande pandemia que atinge o mundo e tem se aproximado de nossa cidade, e já discutem o fechamento total de cidades como RJ e São Paulo, vejo que o risco se aproxima de Manhuaçu, e nossa câmara por ser uma das maiores da região e continua mantendo atendimento ao público, recebendo diversos visitantes por se tratar da casa do povo, e não tem passado por um processo de desinfecção diária, temo pelo contágio de covid-19, tanto para os parlamentares e funcionários, quanto aos visitantes que por ali passam diariamente.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>Requer da Prefeitura de Manhuaçu informações detalhadas sobre reforma de pontes danificadas pela enchente no início do corrente ano, constando informações da empresa vencedora, valores e previsão de execução do serviço.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1530/32-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1530/32-2020.pdf</t>
   </si>
   <si>
     <t>Requerer informações mais detalhadas sobre o DECRETO No 390, DE 29 DE ABRIL DE 2020_x000D_
 "Abre créditos extraordinários no valor de R$3.292.899,69 para custeio das ações de enfrentamento da emergência pública decorrente do coronavírus (covid-19) e dá outras providências."</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1531/33-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1531/33-2020.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre quais medidas foram tomadas na secretaria municipal da fazenda em relação a Lei de Liberdade Econômica, onde vários tipos de empreendimentos beneficiados, entre eles estão bares, borracharias e padarias, fábricas de alimentos artesanais, de calçados, acessórios e vestuário, atacados e varejos._x000D_
 Com as novas regras, toda empresa de baixo risco aberta no país poderá exercer a atividade imediatamente após o recebimento do Cadastro Nacional Pessoa Jurídica (CNPJ). No entanto, caso a legislação do estado e do município seja diferente da lista de segmentos de baixo risco do Ministério da Economia, prevalecem as normas locais. As prefeituras e os governos estaduais, no entanto, precisam encaminhar as regras ao governo federal para que as exigências locais tenham validade.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1545/34-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1545/34-2020.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo-assinados, nos termos do Regimento Interno desta Casa Legislativa, após reunirem-se com empresários de diversos segmentos e profissionais autônomos, vêm requerer que seja viabilizada a criação de um Programa Municipal de Funcionamento do Comércio de Manhuaçu durante a pandemia do novo coronavírus. _x000D_
 Cientes da responsabilidade e preocupação das autoridades de saúde, a Câmara de Vereadores de Manhuaçu busca o equilíbrio com a reabertura do comércio no município de maneira segura, de modo a preservar a saúde da população._x000D_
 O primeiro pilar sempre é a saúde e o segundo tem que ser a economia de Manhuaçu. Acreditamos que os empresários precisam voltar a girar o que for possível na atividade produtiva, permanecer atentos à evolução dos quadros da doença e, ao mesmo tempo, garantir a sobrevivência econômica da nossa população. [...]</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1579/2020-05-27_125303.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1579/2020-05-27_125303.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal fazer um estudo de viabilidade para concessão de insalubridade para os motoristas do SUS.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1619/2020-06-16_134449.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1619/2020-06-16_134449.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeitura de Manhuaçu permissão para a reabertura das igrejas e centros religiosos, com diminuição da sua capacidade para 30 (trinta) pessoas por vez e também com distanciamento de cada membro, podendo ser realizada mais de uma reunião no mesmo dia, tudo com objetivo de manter a participação dos fiéis._x000D_
 As Igrejas ainda disponibilizarão lavatórios para mãos ou álcool em gel na entrada, além da higienização dos bancos e instrumentos usados durante a celebração._x000D_
 Poderá ser recomendado que as igrejas ainda se comprometam orientar seus fiéis a não aglomerar nas entradas dos templos e nem dentro e ao encerrar a reunião evitar a aglomeração e ainda organizar a saída do templo de forme ordenada de forma evitar contato.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1624/2020-06-09_174446.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1624/2020-06-09_174446.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeita de Manhuaçu e do Procurador Geral do Município de Manhuaçu informações sobre denúncias de irregularidades recebidas em relação ao serviço de Radiologia/Ultrassonografia, prestados pela médica contratada (e a forma de contratação), na conhecida "Policlínica Municipal do SUS", conforme cópia de ofício anexo.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1625/oficio_cleber_secretaria_de_obras.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1625/oficio_cleber_secretaria_de_obras.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Obras informações sobre máquinas pesadas paradas, informando o defeito apresentado e previsão de conserto para o retorno da atividade, conforme ofício anexo.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1638/39-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1638/39-2020.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria Municipal de Saúde informações sobre os protocolos de tratamento e quais medicamentos estão sendo usados em Manhuaçu para o covid-19.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>Requer da V. Exa. Prefeita Municipal as seguintes informações sobre o SAMAL: 1)Qual o custo mensal da folha de pagamento e qual o número de funcionários? 2)Quais serviços são executados por empresas terceirizadas? 3) Havendo esses serviços, quais são as empresas prestadoras dos serviços? 4)Qual volume dia de lixo é recolhido pelo SAMAL?  5) Quais os valores  das receitas com reciclagem e quais tipos de materiais(lixo) são capitados. 6) Qual a capacidade e quanto tempo  o depósito destinado ao lixo  ainda comporta seu descarte? 7) Existe algum projeto em andamento para um aterro sanitário em nossa cidade? Se sim, qual etapa esse projeto já esta?</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Berenice do Carlos Tur, Elenilton Martins, Jorge do Ibéria, Vantuil, Zé Eugênio</t>
   </si>
   <si>
     <t>Requerimento de criação de Comissão Parlamentar de Inquérito, com a finalidade de investigar os fatos certos e determinados que se seguem.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1660/42-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1660/42-2020.pdf</t>
   </si>
   <si>
     <t>Requer providências da Prefeitura Municipal de Manhuaçu para intensificar a fiscalização dos comerciantes e da população quanto às medidas de combate ao coronavírus, principalmente quanto ao uso de máscaras e álcool gel, bem como aumentar os meios de comunicação para conscientização da população sobre a importância do isolamento social e prevenção.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1661/43-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1661/43-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria Municipal de Saúde a disponibilização de carros adaptados exclusivos para transporte de pacientes com Covid 19.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1662/44-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1662/44-2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Câmara o levantamento das prestações de contas do Executivo Municipal apresentadas nesta Casa Legislativa, bem como os questionamentos realizados pelos Vereadores sobre as mesmas.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1663/requerimento_no_45-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1663/requerimento_no_45-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria Municipal de Saúde o envio do relatório das despesas com combustível do mês de janeiro a junho, detalhando os veículos com destino e quilometragem.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1703/46-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1703/46-2020.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre quais providências estão sendo tomadas para solucionar o problema com abastecimento de água na comunidade de Vilanova, que por duas vezes recebeu água com mal cheiro, e quais riscos o consumo dessa água pode trazer para a saúde da população.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1725/47-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1725/47-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Excelentíssima Prefeita Municipal que sejam executadas neste ano, as Emendas Impositivas de autoria do Vereador Juarez Cléres Eloi, como forma de reconhecimento ao trabalho dele no Poder Legislativo e em atendimento às comunidades que ele indicou.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1741/48-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1741/48-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Saúde Municipal que seja feito o teste periódico, de acordo com o recomendado pelo Ministério da Saúde ou Órgãos Superiores dos seguintes funcionários:_x000D_
 1) servidores como rotina no hospital municipal;_x000D_
 2) raio x 24 na unidade respiratória;_x000D_
 3) serviço de limpeza exclusivo da unidade respiratória;_x000D_
 4) equipes de ESFs.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1761/49-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1761/49-2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a colocação de sinalização de trânsito no Bairro Bela Vista, posto que o bairro sediará as provas de direção do Município.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1763/50-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1763/50-2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja informado pela Prefeitura de Manhuaçu os nomes dos proprietários do prédio em que está localizado o Hotel Monte Verde.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1783/51-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1783/51-2020.pdf</t>
   </si>
   <si>
     <t>Requer que, nos termos do Regimento Interno, seja encaminhado ao Ilustríssimo Senhor Secretário de Agricultura e Meio Ambiente, sugerindo que seja realizado avaliação nas árvores localizada a Rua Oscar Fernandes Lopes, Bairro Bom Pastor, Manhuaçu, MG, para realização de intervenção nas referidas árvores.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1789/52-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1789/52-2020.pdf</t>
   </si>
   <si>
     <t>Requer ao DNIT instalação de semáforo no trecho da rodovia BR-262 com a Avenida Agenor de Paula Salazar, Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1811/53-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1811/53-2020.pdf</t>
   </si>
   <si>
     <t>Requer que sejam encaminhados a esta Casa Legislativa:_x000D_
 1 - relação das obras de asfaltamento (recapeamento que estão sendo executadas pela Prefeitura de Manhuaçu) com os valores detalhados por rua;_x000D_
 2 - relação das obras de operações tapa-buracos realizadas em junho, julho e agosto - com os valores gastos;_x000D_
 3 - relatório com os valores pagos com asfalto desde janeiro de 2020 até a data de 03 de agosto de 2020.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1826/2020-08-28_151727.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1826/2020-08-28_151727.pdf</t>
   </si>
   <si>
     <t>Requerimento de apoio da Câmara Municipal de Manhuaçu às demandas apresentadas pela Polícia Civil acerca da Reforma da Previdência (PEC 55/2020), em tramitação na Assembleia Legislativa do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1852/55-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1852/55-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Agricultura e Meio Ambiente que seja realizado o corte de árvores na Rua Aírton Senna, no Bairro Lajinha, próximo ao número 270.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1858/56-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1858/56-2020.pdf</t>
   </si>
   <si>
     <t>Requer que sejam encaminhadas seguintes informações:_x000D_
 1 – Relação de todos os recursos federais e estaduais recebidos pelo município de Manhuaçu até a presente data para as ações de enfrentamento ao novo coronavírus, contendo a discriminação da origem e a destinação;_x000D_
 2 – Relatório de Prestação de contas dos valores já destinados, determinando por área, as ações contempladas;_x000D_
 3 – Relatório de Prestação de contas de todos os recursos próprios utilizados até a presente data para as ações de enfrentamento ao novo coronavírus, contendo a discriminação da origem e a aplicação._x000D_
 Solicito que as informações considerem também os valores destinados a outros setores, como educação, cultura, obras, agricultura, trabalho e desenvolvimento social.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1859/57-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1859/57-2020.pdf</t>
   </si>
   <si>
     <t>Requer que sejam encaminhadas seguintes informações: 1 – Relação de ruas que estão recebendo serviços de recapeamento asfáltico pela Prefeitura de Manhuaçu; 2 – Informação sobre os critérios adotados para definição das ruas a serem recapeadas; 3 – Cronograma de entrega de cada rua a ser recapeada; 4 – Relatório contendo descrição de cada via, metragem a ser recapeada e o valor gasto (por logradouro); 5- Relação das obras de operações tapa-buracos realizadas em junho, julho e agosto, contendo a quantidade de asfalto utilizado, nomes das ruas e bairros e o valor gasto por via; 6 - Relatório com os valores pagos com asfalto desde janeiro de 2020 até a data de 20 de agosto de 2020. 7 – Cópias digitalizadas dos empenhos pagos às respectivas empresas de tapa-buracos e de recapeamento.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1863/58-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1863/58-2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Diretor Municipal de Transito e Mobilidade Urbana a colocação de placas de estacionamento proibido na Rua Nelson Monteiro do n° 08 ao n° 07 e na Rua Lauro Rocha do nº 183 ao n° 35, Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1883/2020-09-04_145725.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1883/2020-09-04_145725.pdf</t>
   </si>
   <si>
     <t>Requer que seja informadas as providências adotadas por este órgão com relação ao aumento considerável que vem sendo aplicado nos produtos da cesta básica (arroz, feijão, açúcar, óleo, etc.)</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1884/2020-09-08_161526.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1884/2020-09-08_161526.pdf</t>
   </si>
   <si>
     <t>Requer a presença da Secretária Municipal de Saúde, na próxima reunião ordinária, a ser realizada no dia 17/09/2020, às 18h, para prestar informações sobre:_x000D_
 1.	Os valores que foram gastos até data atual com a unidade de apoio respiratório, na Rua Randolfo Baião;_x000D_
 2.	Os valores pagos, gastos, repassados ao Hospital César Leite com a COVID – 19, a partir do Decreto de calamidade pública em saúde até os dias atuais;_x000D_
 3.	Resumo de todos valores gastos, com combate ao COVID 19, até o momento no Município, relatar valores e destinação;_x000D_
 4.	Requer ainda presença do Diretor-Tesoureiro do Hospital César Leite, Sr. Milton Martins Oliveira, para também prestar esclarecimentos dos itens acima.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1924/2020-10-07_140633.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1924/2020-10-07_140633.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeita de Manhuaçu e da Secretária Municipal de Educação elaboração de laudo técnico a fim verificar a possibilidade de construção de murro na Creche Menino Jesus, situada a Rua Judith Alves de Oliveira, n.º 147, Bairro Engenho da Serra, nesta cidade de Manhuaçu/MG.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1970/2020-11-03_135317.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1970/2020-11-03_135317.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeita de Manhuaçu e da Secretaria Municipal de Planejamento informações sobre o que foi feito, valores pagos e empresa responsável pelas obras nas pontes do Andriquinho, Vila Cachoeirinha, Vila Formosa, Ponte do Silva, Córrego dos Hott no Osvaldo Foca; e informações acerca da previsão de início das obras da ponte do Rio São Luís perto do Zé Foca.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1978/63-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1978/63-2020.pdf</t>
   </si>
   <si>
     <t>Requer da Excelentíssima Prefeita de Manhuaçu e da Secretária Municipal de Saúde, informações sobre as aquisições de cadeiras de rodas, via licitação, para pacientes que estão aguardando através do Centro Especializado de Reabilitação – CER.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2002/64-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2002/64-2020.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo Municipal informe quando será concretizado o saibramento ou bloquetamento da estrada de terra que inicia em frente na Propriedade do Sr Rodrigo (Saboramil) seguindo no sentido da propriedade do Sr. João Picada de acordo com a indicação aprovada nesta casa legislativa em 282-2017 e ofício 684-2020, haja vista a grande dificuldade de trafegabilidade no local em período chuvoso.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2003/65-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2003/65-2020.pdf</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal informações detalhadas sobre a conclusão da reforma da Ponte do Poço Fundo no Barreiro e cópia do laudo emitido por engenheiro da Secretaria Municipal de Obras informando que a mesma está sendo feita de acordo com o projeto licitado.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Apresento a Vossa Excelência, nos termos do Regimento Interno, o presente requerimento, a ser encaminhado a Ilustríssima Senhora Secretária de Municipal de Saúde, a fim de prestar informações acerca do trâmite da renovação dos contratos dos servidores que atuam no município de Manhuaçu, executando programas federais, a exemplo dos Agentes de Saúde, Endemias e das demais categorias. Por ser política pública de estado, essencial, imprescindível, tendo inclusive pactuação com outros entes governamentais, havendo necessidade de continuidade nas ações desenvolvidas no Município de Manhuaçu por esses trabalhadores e trabalhadoras que prestam um serviço de excelência a população é de extrema importância que esses contratos sejam renovados visando a execução das atividades que beneficiam a população no ano vindouro.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>Requer da Secretaria de saúde informações sobre o vencimento dos contratos para cirurgia eletivas.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>Requer da Secretaria de obras que entre em entendimento com os moradores da rua Paraiso, 111 bairro Santa Terezinha para criação de rede pluvial nos fundos para avenida Tancredo Neves.  Justificativa: evitar que o assoreamento do Barranco faça com que todos os imóveis deste logradouro venham a ser destruídos em função da que do barranco que vem sofrendo constante assoreamento em função das águas de chuva que deságuam nele.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>REL</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/relatorio_-_3o_quadrimestre_de_2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/relatorio_-_3o_quadrimestre_de_2019.pdf</t>
   </si>
   <si>
     <t>Relatório de Audiência Pública do 3º Quadrimestre de 2019</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1610/relatorio_-_1o_quadrimestre_de_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1610/relatorio_-_1o_quadrimestre_de_2020.pdf</t>
   </si>
   <si>
     <t>Relatório de Audiência Pública do 1º Quadrimestre de 2020.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1896/relatorio_2o_quadrimestre_de_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1896/relatorio_2o_quadrimestre_de_2020.pdf</t>
   </si>
   <si>
     <t>Relatório de Audiência Pública do 2º Quadrimestre de 2020.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>APR</t>
   </si>
   <si>
     <t>Apresentação</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1351/apresentacao_3o_quad_2019_final.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1351/apresentacao_3o_quad_2019_final.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1352/audiencia_camara_2019-3.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1352/audiencia_camara_2019-3.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Fazenda.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1903/--apresentacao__2o_quad_2020_final.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1903/--apresentacao__2o_quad_2020_final.pdf</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1905/audiencia_camara_2020-2.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1905/audiencia_camara_2020-2.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -8863,67 +8863,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/emente-proj-02-202002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_n_02-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_n_03-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_n_04-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_n_05-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1173/indicacao_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1174/indicacao_n_08-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/indicacao_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/indicacao_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/indicacao_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/indicacao_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/22-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/ind-23-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/ind-24-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/25-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/26-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/27-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/28-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/29-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/30-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/ind-31-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/32-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/indicacao_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/35-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/36-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/37-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/38-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/39-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/40-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/41-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/42-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/43-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/44-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/45-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/47-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/48-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/49-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/50-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/51-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/52-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/53-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/54-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/55-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/56-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/57-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/59-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/60-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/61-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/62-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/63-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/64-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/65-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/66-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/67-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/68-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/69-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/70-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/75-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/74-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/73-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/idc_74-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/75-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/76-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/77-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/78-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/indicacao_no_79-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/81-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/82-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/83-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/84-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1325/85-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/86-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/87-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/88-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/89-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/90-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/91-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/92-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/93-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/94-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/95-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/96-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/97-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1346/idc_98-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1347/idc_099-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1348/idc_100-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1359/idc_101-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1364/idc_102-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1365/idc_103-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1366/idc_104-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1378/105-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1382/idc_106-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1383/idc_107-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1384/idc_108-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1385/idc_109-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1386/idc_110-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1387/idc_111-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1390/idc_113-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1391/idc_114-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1399/116-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1401/117-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1402/118-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1403/119-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1404/120-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1405/121-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1407/123-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1408/124-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1409/125-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1410/126-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1411/127-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1412/128-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1413/129-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1415/131-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1424/132-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1425/133-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1426/134-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1428/136-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1429/137-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1433/138-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1437/ind-139-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1438/ind-140-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1439/141-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1440/142-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1441/143-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1467/144-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1468/145-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1469/ind-146-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1478/ind-148-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1457/ind-149-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1458/ind-150-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1459/ind-151-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1470/ind-152-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1471/ind-153-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1472/ind-154-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1473/ind-155-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1474/ind-156-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1479/ind-157-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1480/158-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1481/159-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1485/161-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1486/162-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1487/163-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1496/164-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1497/165-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1498/166-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1501/167-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1503/ind-168-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1504/ind-169-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1505/ind-170-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1507/ind-172-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1508/ind-173-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1509/ind-174-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1510/175-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1525/177-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1526/178-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1527/179-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1529/180-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1532/181-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1533/182-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1534/183-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1535/ind-184-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1536/ind-185-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1537/ind-186-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1538/ind_187-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1539/ind_188-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1542/ind_190-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1543/ind_191-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1544/ind_192-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1568/193-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1550/196-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1551/ind-197-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1557/198-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1560/199-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1573/200-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1574/201-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1575/202-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1576/203-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1577/204-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1578/205-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1612/206-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1587/207-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1588/208-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1589/209-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1590/210-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1613/211-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1592/212-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1594/213-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1595/214-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1596/215-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1601/216-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1602/217-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1603/218-2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1604/219-2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1605/220-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1606/221-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1607/222-2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1616/223-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1617/224-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1632/225-2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1633/226-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1634/227-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1635/228-2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1636/229-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1637/230-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1639/231-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1640/232-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1642/233-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1643/234-2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1644/235-2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1645/236-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1646/237-2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1647/238-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1648/239-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1649/240-2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1650/241-2020.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1651/242-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1656/243-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1657/244-2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1658/245-2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1667/246-2020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1669/247-2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1670/248-2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1675/249.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1676/250-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1677/251-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1678/252-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1680/254-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1681/255-2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1683/257-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1684/258.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1696/259.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1697/260-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1699/261-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1700/262-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1701/263-2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1702/264-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1704/265-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1709/267-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1710/268-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1711/269-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1713/270-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1715/271-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1716/272-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1717/273-2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1718/274-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1719/275-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1720/276-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1726/277-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1728/278-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1729/279-2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1733/281-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1734/282-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1735/283-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1736/284-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1739/285-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1742/287-2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1743/288-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1744/289-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1745/290-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1746/291-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1751/292-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1753/293-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1754/294-2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1755/295-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1756/296-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1757/297-2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1760/298-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1762/299-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1808/300-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1772/302-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1775/303-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1777/305-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/306-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/307-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1782/308-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1784/309-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1785/310-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1786/311-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1790/312-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1791/313-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1793/314-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1795/315-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1796/316-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1797/317-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1803/318-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1804/319-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1809/320-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1828/322-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1829/323-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1830/324-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1835/325-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1836/326.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1837/327-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1838/328-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1839/329-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1841/330-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1843/331-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1844/332-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1845/333-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1846/334-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1847/335-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1848/336-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1849/337-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1850/338-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1851/339-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1854/340-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1855/341-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1856/342-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1870/346-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1871/347-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1873/348-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1874/349-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1875/350-2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1876/351-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1880/352-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1881/353-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1882/354-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1885/355-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1912/367-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1913/368-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1928/369-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1920/370-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1921/371-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1922/372-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1923/373-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1927/374-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1929/375-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1930/376-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1931/377-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1932/378-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1934/379-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1944/380-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1945/381-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1946/382-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1948/383-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1951/384-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1954/385-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1956/387-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1957/388-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1962/389-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1963/390-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1966/391-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1968/393-2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1969/394-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1983/395-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1984/396-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1985/397-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1986/398-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1987/399-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1988/400-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1991/401-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1992/402-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1993/403-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1994/404-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1995/405-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1996/406-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1178/mocao_de_pesar_no_01.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/mocao_n_06-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/mocao_de_pesar_no_07.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/mocao_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/mocao_de_pesar_09-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/mocao-10-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/mocao-11-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/mocao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/mocao-13-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/mocao-14-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/mocao-15-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao-congratulacao-16-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/mocao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/18-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/mocao-de-reconhecimento-20-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/mocao-de-reconhecimento-21-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/mocao-22-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/mocao-23-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/mocao-24-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/mocao-25-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/mocao-26-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/mocao-27-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/mocao_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1345/mocao-29-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1349/30-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1350/31-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1353/moc_32-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1354/mocao.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1361/moc_34-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1357/35-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1358/moc_36-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1372/38-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1376/39-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1381/mocao_de_reconhecimento_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1388/moc_41-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1394/42-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1395/43-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1397/44-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1417/48-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1419/50-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1420/51-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1431/53-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1432/54-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1443/58-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1462/59-2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1463/60-2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1464/61-2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1488/64-2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1553/2020-10-30_124705.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1558/80-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1593/84-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1597/85-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1598/86-2020.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1618/2020-06-25_154519.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1620/90-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1623/91-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1626/92-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1630/93-2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1652/95-2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1653/96-2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1655/97-2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1665/99-2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1666/2020-06-25_154355.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1671/101-2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1672/102-2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1673/103-2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1674/104-2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1695/105-2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1698/106-2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1705/107-2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1712/108-2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1714/109-2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1721/110-2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1722/111-2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1723/112-2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1724/113-2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1727/114-2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1730/115.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1731/116-2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1737/117-2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1747/119-2020.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1748/120-2020.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1749/121-2020.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1752/122-2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1758/123-2020.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1764/mocao_124-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1765/mocao_125-2020-1.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1768/mocao_de_pesae_127-2020.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1769/mocao_128-2020.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1770/mocao_129-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1774/mocao_131-2020.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1778/132-2020.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1779/133-2020.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1794/134-2020.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1798/135-2020.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1799/136-2020.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1802/mocao_139-2020.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1812/140-2020.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1813/141-2020.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1820/mocao_143-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1824/mocao_144-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1825/mocao_145-2020.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1827/mocao_146-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1831/147-2020.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1832/mocao_148-2020.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1833/149-2020.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1834/mocao_150-2020.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1840/mocao_151-2020-_pdf.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1842/mocao_152-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1860/mocao_153-2020.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1861/mocao_154-2020.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1862/mocao_155-2020.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1864/mocao_156-2020.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1872/mocao_158-2020.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1877/mocao159-2020.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1888/mocao_160-2020.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1889/mocao_161-2020.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1895/mocao_162-2020.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1907/mocao_163-2020.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1908/mocao_164-2020.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1910/mocao_165-2020.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1919/mocao_167-2020.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1925/mocao_168-2020.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1933/mocao_169-2020.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1935/mocao_170-2020.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1939/mocao_171-2020.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1942/mocao_172-2020.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1943/mocao_173-2020.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1947/mocao_174-2020.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1950/mocao_176-2020.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1958/mocao_177-2020.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1959/mocao_178-2020.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1960/mocao_179-2020.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1964/180-2020.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1975/182-2020.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1980/186-2020.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1982/187-2020.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1998/188-2020.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2000/moc_190-2020.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2038/oficio_333.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2039/oficio_334.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2040/oficio_335.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2049/oficio_337.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2055/oficio_340.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2056/oficio_341.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1599/2020-05-29_173955.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/projeto_de_lei_no_001_2020.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_no_002_2020.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_no_03-2020_-_revisao_geral_de_vencimento_2020.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_005_2020_2.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/projeto_de_lei_no_006_2020.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_007_2020.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_para_vereador_adm_rodrigo_que_da_nome_em_ubs_de_dom_correa_clemente_maria_ribeiro.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/projeto_de_lei_09-2020_que_da_nome_a_creche_de_sacramento_de_pedro_jose_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_lei_10-2020_institui_a_politica_municipal_de_conscientizacao_e_orientacao_sobre_o_lupus_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/projeto_de_lei_11-2020_que_altera_a_lei_municipal_da_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1367/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_para_vereador_rodrigo_administrador_tratamento_diferenciado_aos_portadores_de_autismo_autistas.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_011_2020.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1392/projeto_de_lei_no_012_2020.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1434/projeto_de_lei_no_013_2020.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1454/2020-04-30_174408.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1456/projeto_de_lei_no_016_2020.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1484/pl_23-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1491/2020-05-06_165831.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1502/2020-05-13_133707.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1511/projeto_de_lei_27-2020.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1528/projeto_de_lei_no_020_2020.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1552/pl_29-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1565/2020_projeto_de_lei_declara_de_utilidade_publica_a_associacao_de_policia_mirim.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1584/projeto_de_lei_libras_camara_2020.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1585/33-2020.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1622/projeto_de_lei_34_2020_incluindo_paragrafo_unico_no_art_quarto_e_assim_substituir_o_que_esta_no_processo.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1628/35-2020.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1668/pl_37-2020.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1706/projeto_de_lei_no_024_2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1759/2020-07-23_133831.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1788/pl_41-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1792/42-2020.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1815/projeto_de_lei_no_026_2020.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1816/projeto_de_lei_no_025_2020.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1818/projeto_de_lei_no_027_2020_1.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1822/projeto_de_lei_para_verador_allan_do_alaor_que_da_nome_de_escadaria_no_bairro_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1823/48-2020.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1878/projeto_de_lei_empreendedorismo_e_nocoes_de_direito_nas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1879/projeto_de_lei_proibindo_o_uso_de_linha_chilena_no_municipio_de_manhuacu_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1901/2020-10-26_135504.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1914/projeto_de_lei_no_030_2020.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1917/2020-09-24_123652.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1918/projeto_de_lei_no_031_2020.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1936/projeto_de_lei_para_vereador_jorge_do_iberia_que_da_nome_no_campo_de_futebol_do_distrito_de_vilanova_de_eder_bartbosa_porto.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1937/projeto_de_lei_57-2020.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1938/projeto_de_lei_para_vereador_elenilton_martins_dando_nome_de_jose_gomes_da_silva_ao_posto_de_saude_de_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1941/projeto_de_lei_59-2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1953/projeto_de_lei_para_vereador_linhares_institui_mes_agosto_lilas_contra_a_violencia_domestica_1.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1971/61-2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1990/projeto_de_lei_para_vereador_administrador_rodrigo_que_institui_o_circuito_cicloturistico_de_manhuacu.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1997/pl_64-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2005/projeto_de_lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2006/projeto_de_lei_no_036_2020.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2009/projeto_de_lei_67-2020.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2010/projeto_de_lei_68-2020.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2035/2021-01-15_134120.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2045/projeto_de_lei_no_042_2020.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2048/projeto_de_lei_no_039_2020.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2046/projeto_de_lei_no_041_2020.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2060/projeto_de_lei_para_vereadores_inspetor_juninho_linhares_e_rogerinho_que_da_nome_de_escadaria_geraldo_mangela_batista_tonhao_a_logradouro_publico_na_petrina.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2061/projeto_de_lei_para_vereadores_rogerinho_e_inspetor_juninho_linhares_que_da_nome_de_viela_jose_francisco_de_souza_zoza_a_logradouro_publico_no_bairro_petrina_manhuacu.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2062/projeto_de_lei_no_043_2020_1.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2065/projeto_de_lei_no_044_2020.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/projeto_de_lei_complementar_no_001_2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_complementar_no_002_2020_i.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1974/projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/resolucao_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/servidores_da_camara_-_recomposicao_de_vencimentos_-_2020_-_projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/projeto_de_resolucao_n_03.2020_-_prorroga_prazo_cpi_adalto.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1355/progressao_horizontal_-_2010_-_prejoto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1373/projeto_de_resolucao_de_honra_ao_merito_para_adm_rodrigo_para_edmar_jose_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1516/projeto_de_resolucao_07_de_2020_cria_o_centro_de_atencao_ao_cidadao_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1586/09-2020.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1611/2020-06-02_172854.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1621/vereador_-_subsidio_-_fixacao_-_legislatura_2021_a_2024_-_projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1707/cpi_da_cpi_-_resolucao_12_de_24.06.2020_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1821/13-2020.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1926/projeto_de_resolucao_para_vereador_jorge_do_iberia_que_concede_titulo_de_cidadao_honorario_para_joao_lopes_soares_engenheiro_agronomo_da_prefeitura_de_manhuacu.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1961/17-2020.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1973/projeto_de_resolucao_para_vereador_giovanni_professor_cidadao_honorario_para_oziel_mendes_de_paiva_junior.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2022/projeto_de_resolucao_dr_joao_sanches.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2064/projeto_de_resolucao_concedendo_progressao_horizontal_para_patricia_soti_huebra.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1627/substitutivo_do_projeto_no._16_2020_que_institui_tratamento_diferenciado_a_pessoa_com_transtorno_do_espectro_autista_1.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1981/substitutivo_ao_projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/requerimento_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/rec-06-2020.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/req-07-2020.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/req-08-2020.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/requerimento-10-2020.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/req-11-2020.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/requerimento-12-2020.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/req-13-2020.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/requerimento-14-2020.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/70-2020.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1362/req_16-2020.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1363/req_17-2020.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1369/req_18-2020.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1379/req_19-2020.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1380/req_20-2020.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1393/2020-05-14_171023.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1421/22-2020.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1422/23-2020.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1423/24-2020.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1466/25-2020.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1475/26-2020.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1476/27-2020.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1489/28-2020.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1492/30-2020.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1530/32-2020.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1531/33-2020.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1545/34-2020.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1579/2020-05-27_125303.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1619/2020-06-16_134449.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1624/2020-06-09_174446.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1625/oficio_cleber_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1638/39-2020.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1660/42-2020.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1661/43-2020.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1662/44-2020.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1663/requerimento_no_45-2020.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1703/46-2020.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1725/47-2020.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1741/48-2020.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1761/49-2020.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1763/50-2020.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1783/51-2020.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1789/52-2020.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1811/53-2020.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1826/2020-08-28_151727.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1852/55-2020.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1858/56-2020.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1859/57-2020.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1863/58-2020.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1883/2020-09-04_145725.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1884/2020-09-08_161526.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1924/2020-10-07_140633.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1970/2020-11-03_135317.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1978/63-2020.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2002/64-2020.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2003/65-2020.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/relatorio_-_3o_quadrimestre_de_2019.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1610/relatorio_-_1o_quadrimestre_de_2020.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1896/relatorio_2o_quadrimestre_de_2020.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1351/apresentacao_3o_quad_2019_final.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1352/audiencia_camara_2019-3.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1903/--apresentacao__2o_quad_2020_final.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1905/audiencia_camara_2020-2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1304/emente-proj-02-202002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1167/indicacao_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1168/indicacao_n_02-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1169/indicacao_n_03-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1170/indicacao_n_04-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1171/indicacao_n_05-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1172/indicacao_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1173/indicacao_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1174/indicacao_n_08-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/indicacao_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/indicacao_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/indicacao_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/indicacao_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/indicacao_no_19-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/indicacao_no_20-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/22-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/ind-23-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/ind-24-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/25-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/26-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/27-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/28-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/29-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/30-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/ind-31-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/32-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/indicacao_no_34-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/35-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/36-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/37-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/38-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/39-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/40-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/41-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/42-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/43-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/44-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/45-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/47-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/48-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/49-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/50-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/51-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/52-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/53-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/54-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1254/55-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1266/56-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1272/57-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1274/59-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1275/60-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1276/61-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1277/62-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1286/63-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1287/64-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1288/65-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1289/66-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1290/67-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1291/68-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1292/69-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1294/70-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1295/75-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1296/74-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1297/73-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1307/idc_74-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1308/75-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1309/76-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1310/77-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1311/78-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1314/indicacao_no_79-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1320/81-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1321/82-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1323/83-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1324/84-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1325/85-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1326/86-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1327/87-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1330/88-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1331/89-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1332/90-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1333/91-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1334/92-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1335/93-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1336/94-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1337/95-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1338/96-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1339/97-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1346/idc_98-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1347/idc_099-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1348/idc_100-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1359/idc_101-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1364/idc_102-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1365/idc_103-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1366/idc_104-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1378/105-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1382/idc_106-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1383/idc_107-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1384/idc_108-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1385/idc_109-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1386/idc_110-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1387/idc_111-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1390/idc_113-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1391/idc_114-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1399/116-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1401/117-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1402/118-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1403/119-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1404/120-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1405/121-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1407/123-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1408/124-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1409/125-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1410/126-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1411/127-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1412/128-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1413/129-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1415/131-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1424/132-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1425/133-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1426/134-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1428/136-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1429/137-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1433/138-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1437/ind-139-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1438/ind-140-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1439/141-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1440/142-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1441/143-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1467/144-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1468/145-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1469/ind-146-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1478/ind-148-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1457/ind-149-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1458/ind-150-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1459/ind-151-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1470/ind-152-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1471/ind-153-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1472/ind-154-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1473/ind-155-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1474/ind-156-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1479/ind-157-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1480/158-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1481/159-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1485/161-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1486/162-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1487/163-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1496/164-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1497/165-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1498/166-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1501/167-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1503/ind-168-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1504/ind-169-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1505/ind-170-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1507/ind-172-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1508/ind-173-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1509/ind-174-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1510/175-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1525/177-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1526/178-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1527/179-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1529/180-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1532/181-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1533/182-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1534/183-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1535/ind-184-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1536/ind-185-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1537/ind-186-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1538/ind_187-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1539/ind_188-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1542/ind_190-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1543/ind_191-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1544/ind_192-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1568/193-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1550/196-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1551/ind-197-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1557/198-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1560/199-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1573/200-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1574/201-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1575/202-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1576/203-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1577/204-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1578/205-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1612/206-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1587/207-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1588/208-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1589/209-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1590/210-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1613/211-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1592/212-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1594/213-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1595/214-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1596/215-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1601/216-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1602/217-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1603/218-2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1604/219-2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1605/220-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1606/221-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1607/222-2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1616/223-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1617/224-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1632/225-2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1633/226-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1634/227-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1635/228-2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1636/229-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1637/230-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1639/231-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1640/232-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1642/233-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1643/234-2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1644/235-2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1645/236-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1646/237-2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1647/238-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1648/239-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1649/240-2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1650/241-2020.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1651/242-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1656/243-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1657/244-2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1658/245-2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1667/246-2020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1669/247-2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1670/248-2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1675/249.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1676/250-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1677/251-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1678/252-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1680/254-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1681/255-2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1683/257-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1684/258.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1696/259.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1697/260-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1699/261-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1700/262-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1701/263-2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1702/264-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1704/265-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1709/267-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1710/268-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1711/269-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1713/270-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1715/271-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1716/272-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1717/273-2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1718/274-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1719/275-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1720/276-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1726/277-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1728/278-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1729/279-2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1733/281-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1734/282-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1735/283-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1736/284-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1739/285-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1742/287-2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1743/288-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1744/289-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1745/290-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1746/291-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1751/292-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1753/293-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1754/294-2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1755/295-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1756/296-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1757/297-2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1760/298-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1762/299-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1808/300-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1772/302-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1775/303-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1777/305-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1780/306-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1781/307-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1782/308-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1784/309-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1785/310-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1786/311-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1790/312-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1791/313-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1793/314-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1795/315-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1796/316-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1797/317-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1803/318-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1804/319-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1809/320-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1828/322-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1829/323-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1830/324-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1835/325-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1836/326.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1837/327-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1838/328-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1839/329-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1841/330-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1843/331-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1844/332-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1845/333-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1846/334-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1847/335-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1848/336-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1849/337-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1850/338-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1851/339-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1854/340-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1855/341-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1856/342-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1870/346-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1871/347-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1873/348-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1874/349-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1875/350-2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1876/351-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1880/352-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1881/353-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1882/354-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1885/355-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1912/367-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1913/368-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1928/369-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1920/370-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1921/371-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1922/372-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1923/373-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1927/374-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1929/375-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1930/376-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1931/377-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1932/378-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1934/379-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1944/380-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1945/381-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1946/382-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1948/383-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1951/384-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1954/385-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1956/387-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1957/388-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1962/389-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1963/390-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1966/391-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1968/393-2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1969/394-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1983/395-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1984/396-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1985/397-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1986/398-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1987/399-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1988/400-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1991/401-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1992/402-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1993/403-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1994/404-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1995/405-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1996/406-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1178/mocao_de_pesar_no_01.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/mocao_n_06-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/mocao_de_pesar_no_07.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/mocao_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/mocao_de_pesar_09-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/mocao-10-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/mocao-11-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1255/mocao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1257/mocao-13-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1258/mocao-14-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1264/mocao-15-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1265/mocao-congratulacao-16-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1269/mocao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1280/18-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1301/mocao-de-reconhecimento-20-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1302/mocao-de-reconhecimento-21-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1316/mocao-22-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1317/mocao-23-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1318/mocao-24-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1319/mocao-25-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1322/mocao-26-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1340/mocao-27-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1343/mocao_no_28-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1345/mocao-29-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1349/30-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1350/31-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1353/moc_32-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1354/mocao.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1361/moc_34-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1357/35-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1358/moc_36-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1372/38-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1376/39-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1381/mocao_de_reconhecimento_no_40-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1388/moc_41-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1394/42-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1395/43-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1397/44-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1417/48-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1419/50-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1420/51-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1431/53-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1432/54-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1443/58-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1462/59-2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1463/60-2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1464/61-2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1488/64-2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1553/2020-10-30_124705.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1558/80-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1593/84-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1597/85-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1598/86-2020.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1618/2020-06-25_154519.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1620/90-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1623/91-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1626/92-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1630/93-2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1652/95-2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1653/96-2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1655/97-2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1665/99-2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1666/2020-06-25_154355.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1671/101-2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1672/102-2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1673/103-2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1674/104-2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1695/105-2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1698/106-2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1705/107-2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1712/108-2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1714/109-2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1721/110-2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1722/111-2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1723/112-2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1724/113-2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1727/114-2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1730/115.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1731/116-2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1737/117-2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1747/119-2020.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1748/120-2020.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1749/121-2020.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1752/122-2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1758/123-2020.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1764/mocao_124-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1765/mocao_125-2020-1.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1768/mocao_de_pesae_127-2020.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1769/mocao_128-2020.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1770/mocao_129-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1774/mocao_131-2020.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1778/132-2020.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1779/133-2020.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1794/134-2020.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1798/135-2020.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1799/136-2020.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1802/mocao_139-2020.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1812/140-2020.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1813/141-2020.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1820/mocao_143-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1824/mocao_144-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1825/mocao_145-2020.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1827/mocao_146-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1831/147-2020.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1832/mocao_148-2020.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1833/149-2020.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1834/mocao_150-2020.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1840/mocao_151-2020-_pdf.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1842/mocao_152-2020-pdf.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1860/mocao_153-2020.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1861/mocao_154-2020.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1862/mocao_155-2020.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1864/mocao_156-2020.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1872/mocao_158-2020.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1877/mocao159-2020.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1888/mocao_160-2020.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1889/mocao_161-2020.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1895/mocao_162-2020.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1907/mocao_163-2020.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1908/mocao_164-2020.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1910/mocao_165-2020.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1919/mocao_167-2020.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1925/mocao_168-2020.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1933/mocao_169-2020.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1935/mocao_170-2020.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1939/mocao_171-2020.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1942/mocao_172-2020.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1943/mocao_173-2020.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1947/mocao_174-2020.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1950/mocao_176-2020.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1958/mocao_177-2020.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1959/mocao_178-2020.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1960/mocao_179-2020.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1964/180-2020.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1975/182-2020.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1980/186-2020.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1982/187-2020.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1998/188-2020.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2000/moc_190-2020.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2038/oficio_333.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2039/oficio_334.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2040/oficio_335.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2049/oficio_337.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2055/oficio_340.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2056/oficio_341.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1599/2020-05-29_173955.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/projeto_de_lei_no_001_2020.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_no_002_2020.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_no_03-2020_-_revisao_geral_de_vencimento_2020.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_005_2020_2.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1268/projeto_de_lei_no_006_2020.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_007_2020.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1270/projeto_de_lei_para_vereador_adm_rodrigo_que_da_nome_em_ubs_de_dom_correa_clemente_maria_ribeiro.docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1271/projeto_de_lei_09-2020_que_da_nome_a_creche_de_sacramento_de_pedro_jose_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1298/projeto_de_lei_10-2020_institui_a_politica_municipal_de_conscientizacao_e_orientacao_sobre_o_lupus_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1299/projeto_de_lei_11-2020_que_altera_a_lei_municipal_da_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1367/projeto_de_lei_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_para_vereador_rodrigo_administrador_tratamento_diferenciado_aos_portadores_de_autismo_autistas.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_011_2020.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_18-2020.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1392/projeto_de_lei_no_012_2020.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1434/projeto_de_lei_no_013_2020.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1454/2020-04-30_174408.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1456/projeto_de_lei_no_016_2020.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1484/pl_23-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1491/2020-05-06_165831.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1502/2020-05-13_133707.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1511/projeto_de_lei_27-2020.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1528/projeto_de_lei_no_020_2020.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1552/pl_29-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1565/2020_projeto_de_lei_declara_de_utilidade_publica_a_associacao_de_policia_mirim.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1584/projeto_de_lei_libras_camara_2020.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1585/33-2020.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1622/projeto_de_lei_34_2020_incluindo_paragrafo_unico_no_art_quarto_e_assim_substituir_o_que_esta_no_processo.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1628/35-2020.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1668/pl_37-2020.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1706/projeto_de_lei_no_024_2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1759/2020-07-23_133831.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1788/pl_41-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1792/42-2020.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1815/projeto_de_lei_no_026_2020.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1816/projeto_de_lei_no_025_2020.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1818/projeto_de_lei_no_027_2020_1.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1822/projeto_de_lei_para_verador_allan_do_alaor_que_da_nome_de_escadaria_no_bairro_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1823/48-2020.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1878/projeto_de_lei_empreendedorismo_e_nocoes_de_direito_nas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1879/projeto_de_lei_proibindo_o_uso_de_linha_chilena_no_municipio_de_manhuacu_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1901/2020-10-26_135504.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1914/projeto_de_lei_no_030_2020.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1917/2020-09-24_123652.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1918/projeto_de_lei_no_031_2020.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1936/projeto_de_lei_para_vereador_jorge_do_iberia_que_da_nome_no_campo_de_futebol_do_distrito_de_vilanova_de_eder_bartbosa_porto.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1937/projeto_de_lei_57-2020.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1938/projeto_de_lei_para_vereador_elenilton_martins_dando_nome_de_jose_gomes_da_silva_ao_posto_de_saude_de_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1941/projeto_de_lei_59-2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1953/projeto_de_lei_para_vereador_linhares_institui_mes_agosto_lilas_contra_a_violencia_domestica_1.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1971/61-2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1990/projeto_de_lei_para_vereador_administrador_rodrigo_que_institui_o_circuito_cicloturistico_de_manhuacu.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1997/pl_64-2020_linhares.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2005/projeto_de_lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2006/projeto_de_lei_no_036_2020.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2009/projeto_de_lei_67-2020.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2010/projeto_de_lei_68-2020.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2035/2021-01-15_134120.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2045/projeto_de_lei_no_042_2020.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2048/projeto_de_lei_no_039_2020.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2046/projeto_de_lei_no_041_2020.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2060/projeto_de_lei_para_vereadores_inspetor_juninho_linhares_e_rogerinho_que_da_nome_de_escadaria_geraldo_mangela_batista_tonhao_a_logradouro_publico_na_petrina.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2061/projeto_de_lei_para_vereadores_rogerinho_e_inspetor_juninho_linhares_que_da_nome_de_viela_jose_francisco_de_souza_zoza_a_logradouro_publico_no_bairro_petrina_manhuacu.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2062/projeto_de_lei_no_043_2020_1.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2065/projeto_de_lei_no_044_2020.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1328/projeto_de_lei_complementar_no_001_2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_complementar_no_002_2020_i.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1974/projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/resolucao_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1256/servidores_da_camara_-_recomposicao_de_vencimentos_-_2020_-_projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1263/projeto_de_resolucao_n_03.2020_-_prorroga_prazo_cpi_adalto.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1355/progressao_horizontal_-_2010_-_prejoto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1373/projeto_de_resolucao_de_honra_ao_merito_para_adm_rodrigo_para_edmar_jose_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1516/projeto_de_resolucao_07_de_2020_cria_o_centro_de_atencao_ao_cidadao_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1586/09-2020.docx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1611/2020-06-02_172854.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1621/vereador_-_subsidio_-_fixacao_-_legislatura_2021_a_2024_-_projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1707/cpi_da_cpi_-_resolucao_12_de_24.06.2020_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1821/13-2020.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1926/projeto_de_resolucao_para_vereador_jorge_do_iberia_que_concede_titulo_de_cidadao_honorario_para_joao_lopes_soares_engenheiro_agronomo_da_prefeitura_de_manhuacu.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1961/17-2020.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1973/projeto_de_resolucao_para_vereador_giovanni_professor_cidadao_honorario_para_oziel_mendes_de_paiva_junior.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2022/projeto_de_resolucao_dr_joao_sanches.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2064/projeto_de_resolucao_concedendo_progressao_horizontal_para_patricia_soti_huebra.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1627/substitutivo_do_projeto_no._16_2020_que_institui_tratamento_diferenciado_a_pessoa_com_transtorno_do_espectro_autista_1.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1981/substitutivo_ao_projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1175/requerimento_no_01-2020.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1176/requerimento_no_02-2020.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1177/requerimento_no_03-2020.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/requerimento_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/requerimento_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/rec-06-2020.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/req-07-2020.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/req-08-2020.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1259/requerimento-10-2020.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1260/req-11-2020.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1278/requerimento-12-2020.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1262/req-13-2020.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1300/requerimento-14-2020.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1313/70-2020.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1362/req_16-2020.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1363/req_17-2020.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1369/req_18-2020.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1379/req_19-2020.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1380/req_20-2020.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1393/2020-05-14_171023.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1421/22-2020.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1422/23-2020.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1423/24-2020.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1466/25-2020.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1475/26-2020.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1476/27-2020.docx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1489/28-2020.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1492/30-2020.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1530/32-2020.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1531/33-2020.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1545/34-2020.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1579/2020-05-27_125303.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1619/2020-06-16_134449.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1624/2020-06-09_174446.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1625/oficio_cleber_secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1638/39-2020.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1660/42-2020.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1661/43-2020.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1662/44-2020.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1663/requerimento_no_45-2020.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1703/46-2020.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1725/47-2020.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1741/48-2020.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1761/49-2020.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1763/50-2020.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1783/51-2020.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1789/52-2020.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1811/53-2020.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1826/2020-08-28_151727.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1852/55-2020.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1858/56-2020.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1859/57-2020.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1863/58-2020.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1883/2020-09-04_145725.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1884/2020-09-08_161526.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1924/2020-10-07_140633.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1970/2020-11-03_135317.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1978/63-2020.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2002/64-2020.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/2003/65-2020.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1342/relatorio_-_3o_quadrimestre_de_2019.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1610/relatorio_-_1o_quadrimestre_de_2020.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1896/relatorio_2o_quadrimestre_de_2020.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1351/apresentacao_3o_quad_2019_final.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1352/audiencia_camara_2019-3.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1903/--apresentacao__2o_quad_2020_final.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2020/1905/audiencia_camara_2020-2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H814"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="228.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="240.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="240" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>