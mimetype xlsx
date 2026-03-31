--- v0 (2025-12-08)
+++ v1 (2026-03-31)
@@ -54,303 +54,303 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda a Projeto de Lei</t>
   </si>
   <si>
     <t>Zé Rulinha, Gilsinho, Tony Mix</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/43/pl_no_122-2018_parecer_individual.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/43/pl_no_122-2018_parecer_individual.pdf</t>
   </si>
   <si>
     <t>Adiciona-se os parágrafos 3º, 4º e 5º ao artigo 2º do projeto de lei 122/2018.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CDDS - Comissão de Defesa dos Direitos do Servidor Público</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/104/emenda_02-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/104/emenda_02-2019.pdf</t>
   </si>
   <si>
     <t>Altera-se a redação do art. 1º, do Projeto de Lei em questão para a seguinte:</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adalto, Administrador Rodrigo, Gilsinho, Paulo Altino, Professor Giovanni, Tony Mix</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/105/emenda_03-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/105/emenda_03-2019.pdf</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/106/emendas_04_a_08.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/106/emendas_04_a_08.pdf</t>
   </si>
   <si>
     <t>Fica suprimido § 7º. do art. 5º:</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/107/emendas_04_a_08.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/107/emendas_04_a_08.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do § 8º. do art. 5º, passa para § 7º</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/108/emendas_04_a_08.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/108/emendas_04_a_08.pdf</t>
   </si>
   <si>
     <t>Altera-se a redação do Parágrafo Único do art. 6º</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emendas_04_a_08.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emendas_04_a_08.pdf</t>
   </si>
   <si>
     <t>Altera-se a redação do Art. 7º</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/489/emendas_04_a_08.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/489/emendas_04_a_08.pdf</t>
   </si>
   <si>
     <t>Altera-se a redação do inciso II do § 1º e § 4º, ambos do art. 5º.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Adalto, Administrador Rodrigo, Gilsinho, Paulo Altino, Tony Mix, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/490/emenda_09-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/490/emenda_09-2019.pdf</t>
   </si>
   <si>
     <t>Altera-se a redação do art. 3º, do Projeto de Lei nº 06/2019, de 22 de janeiro de 2019.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/491/emenda_10-2019_-_pl_16-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/491/emenda_10-2019_-_pl_16-2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à "Ementa" do Projeto de Lei nº 16/2019 de 14 de Fevereiro de 2019, de autoria do  Poder Executivo Municipal, que possui a seguinte Ementa: "Altera o artigo 6º da Lei nº 2823, de 04 de dezembro de 2008 e dá outras providências."</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Zé Eugênio</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/</t>
   </si>
   <si>
     <t>“Modifica o Artigo 1º. Do Projeto de Lei nº 24/2019, de Autoria do Vereador Adalto de Abreu Cavalcante que Dispõe sobre a proibição do uso de camisetas, bonés, vestimentas e acessórios indumentários com publicidade de cigarros, bebidas alcoólicas e drogas ilícitas, nas escolas da rede municipal de ensino e dá outras providências”</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/264/emenda_no_12.2019_-_pl_26.2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/264/emenda_no_12.2019_-_pl_26.2019.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 1º do Projeto de Lei nº 26/2019, de autoria da Prefeita Municipal de Manhuaçu que altera dispositivo da Lei nº 36662, de 23 de Janeiro de 2017 e contém outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/265/emenda_no_13.2019_-_pl_26.2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/265/emenda_no_13.2019_-_pl_26.2019.pdf</t>
   </si>
   <si>
     <t>Da nova redação a emanta do projeto de lei nº 26/2019: “Altera o art. 3º. da Lei nº 3.662, de 23 de janeiro de 2017, que dispõe sobre a contratação temporária por excepcional interesse público de Agentes de Apoio Administrativo para o Programa Bolsa Família e contém outras providências.”</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Adalto</t>
   </si>
   <si>
     <t>Modifica Parágrafo Único do art. 1º, do Projeto de Lei nº 22/2019, que autoriza o repasse de recursos financeiros à Associação de Motociclistas de Manhuaçu e Região e contém outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/266/emenda_no_15.2019_-_pl_29.2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/266/emenda_no_15.2019_-_pl_29.2019.pdf</t>
   </si>
   <si>
     <t>Modifica Parágrafo Único do art. 1º, do Projeto de Lei nº 29/2019, que autoriza o repasse de recursos financeiros à AMACORR - Associação Dos Corredores de rua de Manhuaçu e Região e contém outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Adalto, Administrador Rodrigo, Berenice do Carlos Tur, Cabo Ferreira, Cléber da Matinha, Elenilton Martins, Gilsinho, Jorge do Ibéria, Juarez Eloi, Paulo Altino, Professor Giovanni, Rogerinho, Tony Mix, Vantuil, Zé Eugênio, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/381/emenda_16-2019_-_pl28-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/381/emenda_16-2019_-_pl28-2019.pdf</t>
   </si>
   <si>
     <t>"Modifica o art. 1º. do Projeto de Lei nº 28/2019 (Poder Executivo), que acresce Parágrafo Único ao art. 196 da Lei Complementar nº 004/2017 e contém outras providências."</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/383/emenda_17_-_pl35-2019_viela_raimundo_paulo_tavares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/383/emenda_17_-_pl35-2019_viela_raimundo_paulo_tavares.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei No. 2.713, de 13 de dezembro de 2007, que dá denominação de Viela Raimundo Paulo Tavares, alterando a denominação do referido logradouro público para Rua Raimundo Paulo Tavares e contém outras providências.”</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Elenilton Martins</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso I do art. 9º., que passa a ser a que segue:_x000D_
  _x000D_
 “Art. 9º.: ...._x000D_
 I – chácara com área mínima de 1.000m2 para os novos empreendimentos;</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/691/emenda_19.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/691/emenda_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo rural para chacreamento particular no município de Manhuaçu, estado de Minas Gerais e dá outras providências 19.01 a 19.21.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/593/emenda_20.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/593/emenda_20.pdf</t>
   </si>
   <si>
     <t>Adicionam-se parágrafos ao artigo 2º, do Projeto de lei em questão, da forma a seguir:_x000D_
 §1º. Fica atribuído a coordenação e execução das atividades e ações originadas desta Lei ao Conselho Municipal de Trânsito, podendo se unir a outros órgãos municipais._x000D_
 §2º. O Conselho Municipal de Trânsito definirá até 31 de março de cada ano, com apreciação por seus membros até 30 de abril de cada ano, o cronograma de trabalho relativo às ações que originarem da presente lei.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Modifica-se a redação do SUMÁRIO que passa à seguinte redação:_x000D_
 _x000D_
 “SUMÁRIO_x000D_
 _x000D_
 CAPÍTULO I_x000D_
 DAS DISPOSIÇÕES PRELIMINARES (Art. 1º ao 7º)_x000D_
 _x000D_
 CAPÍTULO II_x000D_
 DOS DIREITOS E RESPONSABILIDADES_x000D_
 SEÇÃO I_x000D_
 DO MUNICÍPIO (Art. 8º ao 11)	_x000D_
 _x000D_
@@ -627,135 +627,135 @@
 “Art. 111..._x000D_
 I - o acesso se fará por uma faixa com a largura de no mínimo 4m(quatro metros), sendo no mínimo 1m (um metro) de passeio;_x000D_
 II – (suprimido) _x000D_
 a) – (suprimido)_x000D_
 b)  - (suprimido) _x000D_
 (...)_x000D_
 IV – (suprimido)</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Modifica-se o Art. 112, que passa à seguinte redação:_x000D_
 “Art. 112. As residências em série transversais ao alinhamento predial, somente poderão ser implantadas em lotes que tenham frente e acesso para as vias oficiais de circulação com largura igual ou superior a 7m (sete metros).”</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/560/emanda_45-2019_do_pl_20-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/560/emanda_45-2019_do_pl_20-2019.pdf</t>
   </si>
   <si>
     <t>Fica suprimido o Inciso III da redação original do Art. 1º, do Projeto de Lei 20/2019, modificando a sua redação, ficando a seguinte redação final.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Adalto, Administrador Rodrigo, Berenice do Carlos Tur, Cabo Ferreira, Elenilton Martins, Jorge do Ibéria, Paulo Altino, Professor Giovanni, Tony Mix, Zé Eugênio, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/561/emanda_46-2019_do_pr_10-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/561/emanda_46-2019_do_pr_10-2019.pdf</t>
   </si>
   <si>
     <t>Adiciona-se no § 1º do Art. 4º, do Projeto de Resolução, que trata da estrutura organizacional da Escola do Legislativo, e em especial trata da composição do CONSELHO ESCOLAR, mais um membro, qual seja, 01(um)(a) Representante da Superintendência Regional de Ensino – SRE/MG, passando a redação do mencionado parágrafo para a seguinte.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/562/emanda_47-2019_do_pr_10-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/562/emanda_47-2019_do_pr_10-2019.pdf</t>
   </si>
   <si>
     <t>Suprime-se o inciso “II” do Art. 2º, ficando autorizado a se realizar a nova redação de referido artigo com esta supressão de referido inciso. Com a supressão, referido artigo passa à seguinte redação.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/563/emanda_48-2019_do_pr_10-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/563/emanda_48-2019_do_pr_10-2019.pdf</t>
   </si>
   <si>
     <t>Corrige a numeração dos 04(quatro) últimos artigos do anexo II do Projeto de resolução em análise, passando-os de arts. 13, 14, 15 e 16, para Arts 16, 17, 18, 19, com as seguintes redações.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Adiciona-se § 6º. no Art. 10 com a seguinte redação:_x000D_
 _x000D_
 “§ 6º. Fica autorizado o Poder Legislativo do município a realização de concurso público para provimento de cargos criados por lei específica, bem como a alteração e extinção de outros, reestruturação das carreiras de seu quadro de pessoal, autorização esta conforme previsto no Inciso “II” do § 1º. do art. 169 da Constituição da República, bem como observadas as disposições da Lei Complementar No. 101/2000-LRF.”</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Altera-se a redação do § 1º. do Art. 27, que passa à seguinte: _x000D_
 _x000D_
 “§ 1º. Para habilitar-se ao recebimento de subvenções sociais, a entidade privada sem fins lucrativos deverá apresentar declaração de funcionamento regular com prazo mínimo de 12 meses, emitida no exercício de 2020, firmada por 2(duas) autoridades locais e comprovar o seu reconhecimento como entidade de utilidade pública no âmbito municipal”.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Altera-se a redação do Art. 30, que passa à seguinte: _x000D_
 _x000D_
 “Art. 30 – Para efeito do disposto no Art. 10 desta Lei, o Poder Legislativo encaminhará ao Poder Executivo, suas respectivas propostas orçamentárias até o dia 31 de agosto do corrente ano, para fins de consolidação do projeto da lei orçamentária anual.”</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/595/emenda_55-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/595/emenda_55-2019.pdf</t>
   </si>
   <si>
     <t>Adiciona-se § 5º no art 10 com a seguinte redação: § 5º Na elaboração do projeto de lei orçamentária, observará o Poder Executivo o disposto no artigo 141-A da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Altera-se a redação do art. 33, que passa  à seguinte redação: Art. 33. AS despesas com pessoal, ativo e inativo, dos Poderes Executivo e Legislativo, manter-se-âo dentro do limite de 60% de suas receitas correntes líquidas, conforme determina a Constituição Federal no artigo 169 e a Lei Complementar nº 101/2000, sendo e respeitado a revisão geral anual dos servidores, nos termos do inciso X do artigo 37 da Constituição Federal e também a reposição das perdas salariais nos percentuais garantidos no § 2º. do artigo 1º., da Lei Municipal nº 3697, de 08 de maio de 2017.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Adiciona-se parágrafo 5º, no artigo 10 do Projeto de Lei coma seguinte redação: § 5º. O Poder Executivo Municipal na elaboração do orçamento criará dotação orçamentária própria para a reserva de recursos destinados às emendas individuais dos Vereadores, no limite de 1,2%(um inteiro e dois décimos por cento) da Receita Corrente Líquida prevista no respectivo projeto de lei encaminhado ao Poder Legislativo, sendo que a metade deste percentual será destinada a ações e serviços públicos de saúde.</t>
   </si>
   <si>
     <t>665</t>
   </si>
@@ -763,51 +763,51 @@
     <t>60</t>
   </si>
   <si>
     <t>Altera-se a redação do art. 104, que passa à seguinte: _x000D_
 _x000D_
 “Art. 104: Nas edificações, exceto aquelas de uso para habitação de caráter permanente unifamiliar, deverá ser reservado e construído no interior da área da edificação e em espaço adequado e seguro, equipamento para a recepção do lixo doméstico produzido, responsabilizando-se os condôminos em disponibilizá-lo ao serviço de coleta, nos horários previstos para seu recolhimento.”</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Altera-se a redação do Parágrafo Único do art. 39, que passa à seguinte: _x000D_
  _x000D_
 “Parágrafo Único: O Poder Legislativo Municipal deverá apresentar ao Poder Executivo Municipal até 15(quinze) dias após o mês de competência, os balancetes ou balanços, demonstrativos e demais informações necessárias para a regular consolidação das contas municipais.”</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/692/emenda45.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/692/emenda45.pdf</t>
   </si>
   <si>
     <t>Altera-se o ANEXO I, do Código de Obras que passa à seguinte redação:</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Acrescenta-se Parágrafo Único ao Art. 1º, com a seguinte redação: _x000D_
 _x000D_
 “Parágrafo Único: Quanto aos recursos do orçamento geral da Secretaria Municipal de Esportes e Lazer, o Conselho Municipal de Esporte e Lazer, terá a prerrogativa de exercer a devida fiscalização de sua execução.”</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Acrescenta-se Parágrafo Único ao Art. 2º, com a seguinte redação: _x000D_
  _x000D_
 “Parágrafo Único: Os recursos previstos no Inciso II representarão, no mínimo 10%(dez por cento) do orçamento geral da Secretaria Municipal de Esporte e Lazer.”</t>
@@ -868,51 +868,51 @@
 _x000D_
 “§ 6º. Os representantes e seus suplentes, previstos no Inciso II, serão eleitos dentre as entidades que se inscreverem para a eleição, sendo que, em se inscrevendo entidades de representatividade de modalidades esportivas tanto de caráter individual como coletivo, será garantida uma representatividade mínima de 1/3(um terço), para cada seguimento de representatividade esportiva, ficando vedada a composição exclusivamente por representantes de entidades de uma só representatividade esportiva, seja de caráter individual ou coletivo. _x000D_
 _x000D_
 § 7º. A eleição a que se refere § 6º se dará pelo voto direto e secreto, com o pleito eleitoral devidamente convocado, por meio de Edital de convocação publicado no Diário Oficial Eletrônico do Município, com antecedência mínima de 30(trintas) dias, podendo concorrer o cidadão sem impedimentos legais, devidamente associado e liberado pela entidade pela qual desejar concorrer à respectiva</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Fica suprimido o Inciso III do Art. 11, passando à seguinte redação: _x000D_
 “Art. 11..._x000D_
 I – _x000D_
 II – _x000D_
 III – (suprimido)”</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/827/emenda_71-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/827/emenda_71-2019.pdf</t>
   </si>
   <si>
     <t>Inclui o inciso IX ao artigo 11, inclui o artigo 20 e renumera  e altera o § único</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Berenice do Carlos Tur, Cabo Ferreira, Elenilton Martins, Inspetor Juninho Linhares, Jorge do Ibéria, Paulo Altino, Professor Giovanni, Zé Eugênio, Zé Rulinha</t>
   </si>
   <si>
     <t>Altera-se a redação do Art. 2º, do Projeto de Lei 66/2019.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>“Altera o §2º do Art. 14 da Lei nº 3.779, de 06 de dezembro de 2.017, alterado pelo Art. 1º da Lei nº 3.900, de 27 de novembro de 2.018, que dispõe sobre regime de adiantamentos e a concessão de diárias aos agentes políticos e servidores da prefeitura municipal, para transferir ao Secretário da respectiva pasta ou Diretor da Autarquia a responsabilidade do exame e emissão de parecer conclusivo pela aprovação ou rejeição da despesa lançada nos  relatórios de diárias de viagem, documentos e prestação de contas dos servidores públicos municipais.</t>
   </si>
@@ -946,306 +946,306 @@
 II – parcelados em até 12 parcelas, 60%(sessenta por cento) da mul-ta e juros; _x000D_
 III – parcelados de 13 a 24 parcelas, 30%(trinta por cento) da multa e juros; _x000D_
 IV – parcelados de 25 a 36 parcelas, 20%(vinte por cento) da multa e juros;_x000D_
 V – parcelados de 37 a 48 parcelas, 10%(dez por cento) da multa e juros.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Dá nova redação aos §§ 4º. e 5º. do Art. 3º., para a seguinte: _x000D_
 _x000D_
 § 4º. Em se tratando de devedor pessoa física, o valor da parcela não poderá ser inferior a R$ 50,00(cinquenta Reais). _x000D_
 _x000D_
 § 5º. Em se tratando de devedor pessoa jurídica, o valor da parcela não poderá ser inferior a R$ 150,00(cento e cinquenta Reais)</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/emenda_individual_do_vereador_adalto_ao_orcamento_de_2020_emenda_impositiva.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/emenda_individual_do_vereador_adalto_ao_orcamento_de_2020_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>EMENDAS DE VEREADOR AO ORÇAMENTO DO MUNICÍPIO DE MANHUAÇU PARA O EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Tony Mix</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/emendas_individuais_ao_orcamento_de_2020_do_vereador_tonny_mix.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/emendas_individuais_ao_orcamento_de_2020_do_vereador_tonny_mix.pdf</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Cléber da Matinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/emenda_individual_ao_orcamento_202_vereador_cleber_da_matinha.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/emenda_individual_ao_orcamento_202_vereador_cleber_da_matinha.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/emenda_individual_de_vereador_elenilton_martins_ao_orcamento_de_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/emenda_individual_de_vereador_elenilton_martins_ao_orcamento_de_2020.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Professor Giovanni</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/emenda_individual_ao_orcamento_de_2020_do_vereador_giovanni_mageste_hott.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/emenda_individual_ao_orcamento_de_2020_do_vereador_giovanni_mageste_hott.pdf</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Gilsinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/emendas_ao_orcamento_de_2020_do_vereador_gilson_cesar_da_costa.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/emendas_ao_orcamento_de_2020_do_vereador_gilson_cesar_da_costa.pdf</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/emendas_parlamentares_ao_orcamento_municipal_de_2020_do_vereador_inspetor_juninho_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/emendas_parlamentares_ao_orcamento_municipal_de_2020_do_vereador_inspetor_juninho_linhares.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/emenda_individual_de_vereador_ao_orcamento_de_2020_de_autoria_do_vereador_jose_eugenio.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/emenda_individual_de_vereador_ao_orcamento_de_2020_de_autoria_do_vereador_jose_eugenio.pdf</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Cabo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/emendas_ao_orcamento_de_2020_impositiva_do_vereador_cabo_ferreira.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/emendas_ao_orcamento_de_2020_impositiva_do_vereador_cabo_ferreira.pdf</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/emenda_individual_ao_orcamento_de_2020_do_vereador_jose_geraldo_damasceno.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/emenda_individual_ao_orcamento_de_2020_do_vereador_jose_geraldo_damasceno.pdf</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Juarez Eloi</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/emendas_ao_orcamento_de_2020_do_vereador_juarez_eloi.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/emendas_ao_orcamento_de_2020_do_vereador_juarez_eloi.pdf</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Jorge do Ibéria</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/emenda_individual_ao_orcamento_do_exercicio_de_2020_do_vereador_jorge_do_iberia.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/emenda_individual_ao_orcamento_do_exercicio_de_2020_do_vereador_jorge_do_iberia.pdf</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Paulo Altino</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/emendas_individuais_ao_orcamento_municipal_de_2020_do_vereador_paulo_cesar_altino_emenda_impositiva.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/emendas_individuais_ao_orcamento_municipal_de_2020_do_vereador_paulo_cesar_altino_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/emendas_individuais_ao_orcamento_de_2020_do_vereador_rogerinho.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/emendas_individuais_ao_orcamento_de_2020_do_vereador_rogerinho.pdf</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/emendas_parlamentar_ao_orcamento_de_2020_do_vereador_administrador_rodrigo.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/emendas_parlamentar_ao_orcamento_de_2020_do_vereador_administrador_rodrigo.pdf</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Vantuil</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/emendas_individuais_de_vereador_vantuil_martins_ao_orcamento_de_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/emendas_individuais_de_vereador_vantuil_martins_ao_orcamento_de_2020.pdf</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Adalto, Cléber da Matinha, Paulo Altino</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/emendas_ao_orcamento_de_2020_coletivas_adalto_cleber_e_paulo_altino_para_a_saude.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/emendas_ao_orcamento_de_2020_coletivas_adalto_cleber_e_paulo_altino_para_a_saude.pdf</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/emenda_modificativa_95_-_jose_geraldo_damasceno.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/emenda_modificativa_95_-_jose_geraldo_damasceno.pdf</t>
   </si>
   <si>
     <t>"Altera-se a redação do Art. 5º, para a seguinte: Art. 5º. Durante a execução orçamentária, fica o Executivo Municipal autorizado a abrir créditos adicionais suplementares até o limite de 10% (dez por cento) das despesas fixadas nesta Lei, para reforçar dotações que se tornarem insuficientes, mediante decreto do Executivo, podendo para tanto:"</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Indica a colocação de placa de carga e descarga na Rua Francisco Fialho, em frente ao nº 138, próximo à empresa Recicle Manhuaçu, Bairro Baixada.</t>
   </si>
   <si>
     <t>Solicita destinação de 70 canaletas de 40 para a Rua Cabo José Florentino Maria, Vila Boa Esperança.</t>
   </si>
   <si>
     <t>Solicita a abertura de um portão de acesso pela rua Rio Grande e instalação de água no cemitério municipal.</t>
   </si>
   <si>
     <t>Solicita a Secretaria Municipal de Esportes destinação de arbitragem para todos os jogos do 2º Campeonato da Amizade, a ser realizado no Campo da Pampulha em Dom Correa.</t>
   </si>
   <si>
     <t>Solicita a Secretaria Municipal de Esportes destinação de arbitragem para todos os jogos do 2º Campeonato Feminino de Futsal, a ser realizado na quadra poliesportiva de São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>Reivindica patrolamento das estradas do Córrego da Raiz, Córrego São Francisco, Córrego Bem Posta e Córrego Boa Vista.</t>
   </si>
   <si>
     <t>Reivindica a construção de uma laje na ponte do Córrego São Luiz, próximo ao galpão do Sr. Divino Foca, na estrada de acesso a Gameleira.</t>
   </si>
   <si>
     <t>Indica realização de operação tapa-buraco na sede do Distrito de Ponte do Silva.</t>
   </si>
   <si>
     <t>Indica a construção de caixa de captação pluvial na rua do ESF Édela Filgueiras, com a canalização de manilhas 0,60/0,80 até o Rio São Luiz e construção de boca de lobo na Rua José Ramos Soares, na esntrada dos fundos da e. E. Ludovino Alves Filgueiras.</t>
   </si>
   <si>
     <t>Solicita construção de rede pluvial na  Rua Andreza Batista Filgueiras, Bairro Pinheiro</t>
   </si>
   <si>
     <t>Indica a instalação de câmeras de segurança na entrada e saída da cidade.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/21/indicacao_no12_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/21/indicacao_no12_linhares.pdf</t>
   </si>
   <si>
     <t>Indica reforma da pracinha do Bairro Engenho da Serra, próximo ao armazém.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no13_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no13_linhares.pdf</t>
   </si>
   <si>
     <t>Reivindica reforma da quadra poliesportiva do Bairro Engenho da Serra.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no14_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no14_linhares.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na infraestrutura da Viela Raimunda, considerando as condições ruins que tem trazido muitos transtornos.</t>
   </si>
   <si>
     <t>Indica o bloquetamento na subida em frente ao viveiro do Sr. Jarbas, na comunidade e terminando em frente a casa da Dona Mariana, perfazendo um total de 149,026 metros lineares.</t>
   </si>
   <si>
     <t>Indica a reforma geral da quadra poliesportiva do Distrito de São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>Reivindica a Secretaria da Fazenda maior fiscalização por parte dos fiscais municipais acerca de construções irregulares no município, considerando diversos pedidos de moradores.</t>
   </si>
   <si>
     <t>Indica construção de muro de contenção na rua da Paz, Bairro Nossa Senhora Aparecida, considerando parte do logradouro estar cedendo, prejudicando o trânsito de veículos na localidade.</t>
   </si>
   <si>
     <t>Solicita construção de novo campo de futebol em Vilanova.</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento no final da Rua dos Pinheiros em Vilanova.</t>
   </si>
   <si>
     <t>Reivindica calçamento da rua das Palmeiras, em Vilanova.</t>
   </si>
@@ -1279,69 +1279,69 @@
   <si>
     <t>Indica a construção de vestiário e colocação de alambrado no campo de futebol do Distrito de Santo Amaro de Minas.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Reivindica a colocação de calçamento na Rua Três Irmãos, perto do Sr. Zé do SAAE, Distrito de Vilanova.</t>
   </si>
   <si>
     <t>Indica o entendimento entre a Prefeitura de Manhuaçu e a empresa Viação União para que sejam instalados equipamentos de ar condicionado nos ônibus utilizados no serviço de transporte coletivo municipal de passageiros.</t>
   </si>
   <si>
     <t>Solicita o o entendimento entre a Prefeitura de Manhuaçu e a empresa Viação União para que sejam disponibilizadas linhas de ônibus para atender os moradores do conjunto habitacional do Programa Minha Casa, Minha Vida, localizado às margens da rodovia BR 262 (antigo Clube do Sol), depois da inauguração das moradias do condomínio.</t>
   </si>
   <si>
     <t>Indica o calçamento do morro Cruzeiro no Córrego Palmeirinhas.</t>
   </si>
   <si>
     <t>Indica o calçamento do morro Santa Luzia no Córrego Palmeirinhas.</t>
   </si>
   <si>
     <t>Indica o calçamento próximo a propriedade da Sra. Roseli e d Sr. Garcia no Córrego Coqueiro Rural.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_no37_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_no37_linhares.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Prefeita Municipal para que juntamente com a Secretaria Municipal de Educação, implante o PROJETO “SAÚDE NA ESCOLA”, conforme orientações anexas.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/58/indicacao_no38-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/58/indicacao_no38-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeita Municipal de Manhuaçu para criar o PROGRAMA PARA A VALORIZAÇÃO DE INICIATIVAS ESPORTIVAS – VAE, no âmbito da Secretaria Municipal de Esportes e dá outras providências</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/59/indicacao_no39-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/59/indicacao_no39-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Reivindica a colocação de iluminação pública e construção de rede pluvial na Comunidade do Córrego Feijoal.</t>
   </si>
   <si>
     <t>Reivindica a colocação de iluminação pública na Rua dos Angicos, Bairro São Francisco de Assis.</t>
   </si>
   <si>
     <t>Solicita a construção de muro de contenção na Rua Trinta de Março, próximo ao posto de saúde, Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>Solicita a reforma  e reestruturação no prédio que abriga o correio e os banheiros públicos  em São Pedro do Avaí.</t>
   </si>
   <si>
     <t>Indica que seja feito uma vistoria nas pontes que dão acesso ao distrito de São Pedro do Avaí na rua  Joaquim Gonçalves Dutra, Rua Floresta,  no córrego Da Tenda e córrego vista alegre(Paixão).</t>
   </si>
   <si>
     <t>Reivindica que seja feita uma avaliação e possivelmente um calçamento em uma área rural no Córrego dos Pereira , próximo a casa do Sr. Sebastião Pereira.</t>
   </si>
   <si>
     <t>Reivindica a construção da Praça Geraldo Nunes de Carvalho, distrito de Vilanova.</t>
   </si>
   <si>
     <t>Solicita a colocação de calçamento da chamada rua do cemitério, distrito de Vilanova.</t>
   </si>
@@ -1393,51 +1393,51 @@
   <si>
     <t>Indica a manutenção, limpeza e pintura dos banheiros situados na Praça Dr. Cesar Leite.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Indica ao Conselho Municipal de Trânsito uma atenção especial ao início das aulas, fazendo um policiamento de orientação na porta das escolas no início e no término das aulas.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Solicita que a Secretaria de Obras em conjunto com a Secretaria do Meio Ambiente realize o levantamento de todas as árvores  da cidade para fazer a poda e se encontram em risco de cair.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Indica a troca do poste de iluminação da Viela da Amizade.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_no64-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_no64-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de uma empresa especializada em limpeza de bueiros para o município de Manhuaçu.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Ampliação Lateral na Rua Amália Maria Dias no Bairro Bom Jardim</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Indica a inserção de ponto de ônibus em frente ao depósito da Engelmig, BR262, Bairro Ponte da Aldeia.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Indica a inserção de faixa de pedestre no entrocamento das ruas Etelvino Guimarães com a Monsenhor Gonzalez.</t>
   </si>
   <si>
     <t>134</t>
   </si>
@@ -1498,72 +1498,72 @@
   <si>
     <t>Reivindica a substituição de poste de madeira por poste de concreto da rede elétrica na Viela Esperança, em frente aos nºs 14, 33, 34, 42, 59 e 68, Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Indica a Prefeitura de Manhuaçu a distribuição de uniformes e kit escolar para os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Reivindica a regulamentação da situação do cemitério municipal do distrito de Santo Amaro de Minas.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Indica o asfaltamento da BR-116 até a comunidade de Bom Jesus.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao_no81_-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao_no81_-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma creche no Bairro São Jorge.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Indica através da Secretaria de Obras e  a Secretaria de Esportes realizar um levantamento das academias  popular, a fim de fazer os reparos necessários nos aparelhos.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da  Secretaria de Obras  a pavimentação e a colocação do meio fio no córrego Bom Jardim.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_no84-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_no84-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial na Rua Santa Inês, no beco do Vantuil, Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Indica mão única de direção na Rua Francisco Fialho, sentido Baixada-Centro, com a colocação adequada de sinalização de placas de trânsito.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Reivindica a recuperação de uma ponte, próximo à oficina do Sr. Daniel, distrito de Dom Corrêa.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Indica a colocação de redutor de velocidade em frente ao acesso do conjunto habitacional do Programa Minha Casa, Minha Vida, localizado às margens da rodovia BR 262 (antigo Clube do Sol).</t>
   </si>
   <si>
     <t>154</t>
   </si>
@@ -1876,63 +1876,63 @@
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Indica o calçamento em 60 mts. no morro próximo a casa do José Lúcio no Córrego Soledade, Distrito de Sacramento.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Zé Rulinha, Berenice do Carlos Tur</t>
   </si>
   <si>
     <t>Indica o calçamento/asfaltamento da Vilinha próximo a Igreja do Córrego da Raiz, Distrito de Ponte do Silva</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_no130-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_no130-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica o recapeamento da Rua Wadi Assad no Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_no131-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_no131-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica o Recapeamento da Rua da Paz, Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Indica o calçamento iniciando no do cemitério do Distrito de São Sebastião do Sacramento até o capoeirão, passando perto da estrada de acesso ao galpão do produtor rural, sentido a Manhuaçuzinho.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Indica a reforma geral da quadra poliesportiva do Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>241</t>
   </si>
@@ -1942,99 +1942,99 @@
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Indica o calçamento do morro na saída da ponte em Vila Boa Esperança no Córrego dos Laias.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Indica colocação de 3 manilhas 060 ao lado do campo de Futebol da Vila Formosa.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Cabo Ferreira, Zé Rulinha</t>
   </si>
   <si>
     <t>Indica construção/reforma da passarela de pedestres (madeira por metal) na altura km 05,  no Córrego do Arrozal, Rodovia dos Estudantes.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_no138-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_no138-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica para que a Prefeita Municipal entre em entendimento com o Governo do Estado para adquirir o terreno localizado nos fundos da Escola Estadual de Manhuaçu (Escola Polivalente), Bairro Bom Pastor, com a finalidade de dar uso público ao terreno com a construção de uma praça de esporte e lazer e ainda para receber as obras do mercado Municipal previsto para o Bairro Clube do Sol.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Reivindica a construção da rede pluvial com colocação 40 manilhas nº 040 na Rua Alcides Cândido, Distrito de Palmeiras.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Indica a colocação de duas manilhas 0100 para preparação do terreno e instalação de uma lixeira no Córrego Pedra Furada – Manhuaçuzinho.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Reivindica à Prefeita instalação de Câmeras de Vigilância (Olho Vivo) em toda a extensão das principais ruas e avenidas do centro da cidade: Rua Antônio Wellerson, Rua Amaral Franco, Avenida Salime Nacif, Avenida Barão do Rio Branco etc e bairros de Manhuaçu, a exemplo do que tem sido feito em outras cidades da região, como em Alto Caparaó.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação pública no cemitério municipal.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Indica a destinação de 11 manilhas nº 040 próximo à propriedade do Sr. Duca, 11 manilhas nº 060 próximo à propriedade da Sra. Lucimar, 11 manilhas nº 040 próximo à propriedade do Chinês e 05 manilhas nº 060 próximo à propriedade do Sr. Jorge do Dalinso, Córrego do Balão.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_no144-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_no144-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de quadra poliesportiva no Bairro Santana.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_no145-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_no145-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de uma luminária com braço no poste da Rua Santa Rita, Bairro Santa Luzia,</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Indica que o município de Manhuaçu entre em entendimento com a Secretaria de Estado de Meio Ambiente para viabilizar a doação de um caminhão para a ASCAMARE.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Indica para que o Samal e Secretaria de Obras que viabilize a limpeza e adequação do barranco localizado na Casa Lar Bem me quer no Bairro São Vicente.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Indica a inserção de Braço com Luminária na Rua Capitão José Francisco de Faria em frente à Igreja da Comunidade São Paulo Apóstolo no Bairro Luciano Heringer.</t>
   </si>
   <si>
     <t>256</t>
   </si>
@@ -2188,51 +2188,51 @@
   <si>
     <t>Indica a destinação de 30 manilhas para corrego Vista Alegre. Sendo 10 manilhas 0,40 próximo a propriedade do Sr. José Branquinho, 20 manilhas 0,60 próximo a propriedade do Sr. Chico Coame/ Ramon Voguir.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Indica linha de ônibus da Matinha até o final do loteamento Alphavile (sentido Paulinho Garcia/Eduardo Xavier).</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal de Manhuaçu e ao Conselho Municipal de Trânsito, para que  façam uma campanha de conscientização no  sentido de orientar os pedestres a sinalizar com o braço a intenção de atravessar a rua nas faixas de pedestres.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Indica construção de uma pista de caminhada do Posto de Combustível Ponte do Silva até a empresa Só Química, no Córrego São Francisco.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no173-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no173-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial na Vila Cachoeirinha</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Rogerinho</t>
   </si>
   <si>
     <t>Indica a elaboração de um Projeto de Lei sobre REFIS 2019.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Indica a construção de um muro de contenção na Escola Municipal de Educação Infantil Sônia Maria Batista da Silva no Bairro Santa Luzia.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal e ao Conselho de Trânsito que determine a instalação de faixas de pedestre e placas de regulamentação de trânsito na sede do Distrito de Vilanova.</t>
   </si>
@@ -2422,99 +2422,99 @@
   <si>
     <t>Elenilton Martins, Cléber da Matinha</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a construção de um muro contenção no início da avenida João paulo II, bairro Matinha até a creche.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Indica a reforma da ponte, próximo a propriedade do Sr. Wilton e do padeiros no córrego São Sebastião.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>Indica a construção de um muro de contenção e iluminação na Rua Wilson Silva n°180 (Viela) bairro São Jorge.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no201-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no201-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica o desentupimento da boca de lodo na Rua Valdomiro Nunes de Jesus, Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>Indica a construção de uma rede pluvial na Rua Valdomiro Nunes de Jesus, Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>"Indica a reforma da escadaria da Viela da Luz, Bairro Nossa Senhora Aparecida."</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>Indica recapeamento da Avenida Eloy Werner, entre o Posto Pipas a Escola CEM, com a construção de 2 quebra molas.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a doação do material para o calçamento da Rua Múcio da Silva Brandão em São Sebastião do Sacramento em parceria com a comunidade q doará a mão de obra.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a colocação de 05 manilhas 0,100 para a ampliação de uma ponte, na estrada passando por dentro de Sacramento sentido a Dom Corrêa, próximo a propriedade do Toninho do Zico.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no207-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no207-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a reforma da Capela Velório do Cemitério Municipal.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a reforma da escadaria na Rua 12 de Outubro no bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Indica a construção de Rede Pluvial na Rua Alice Dias para melhor escoamento da água, resguardando a segurança de todos os moradores que utilizam a rampa de acesso a Rua Antônio de Pádua.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Indica a Prefeitura  Municipal de Manhuaçu busque meios legais para viabilizar a aquisição de uniforme/farda para os 100 jovens que foram aprovados no processo seletivo da 1ª turma.</t>
   </si>
@@ -2539,51 +2539,51 @@
   <si>
     <t>366</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação pública na Rua Bela Vista (continuação da Rua Boa Esperança) Bairro Santa Luzia.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Indica a modificação do quebra mola na esquina da Rua Apáricio Caldeira com Rua Heitor Pinheiro, pra frente da mercearia Líder e do Zé borrachinha próximo a faixa de pedestre.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal de Manhuaçu que encaminhe ao setor de trânsito solicitação de colocação de redutor de velocidade e placas de carga e descarga na Rua Olímpio Vargas, próximo ao número 385, Centro.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/369/indicacao_no217-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/369/indicacao_no217-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica que seja alocada a EMEI do Bairro Bom Pastor, localizada na Rua Theocrito Pinheiro,  no prédio escolar do antigo SESI, uma vez que se trata de imóvel município, uma vez que o SESI  encerrou suas  atividades no município e em virtude da clausula contratual de retrocessão, o imóvel deve retornar ao município, quanto a área social do clube, que seja criado um clube social dos Servidores do Município.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a construção de um vestiário no Campo dos Malaquias, Córrego Soledade.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Indica a colocação de 7 manilhas 0,100 no Córrego São Bento, próximo a casa do Sr. Simar, em Dom Correa.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Indica a colocação de 14 manilhas 0,40 em Vila de Fátima próximo a casa do Sr. José Braz.</t>
   </si>
   <si>
     <t>373</t>
   </si>
@@ -2629,63 +2629,63 @@
   <si>
     <t>378</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Indica a substituição por lâmpadas mais eficientes das luminárias da Praça Geraldo Nunes, no distrito de Vilanova.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua Agapito Gonçalves.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/403/indicacao_no228-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/403/indicacao_no228-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica faixa de pedestre ou quebra molas, Rua Olímpio Vargas, próximo ao n° 38.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/404/indicacao_no229-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/404/indicacao_no229-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a calçamento na Rua Vista Linda, bairro Alfa Sul.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Indica operação tapa-buraco na Rodovia Wilson de Souza Braga,  divisa de Ponte do Silva com Luisburgo.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Indica a reforma geral e adequação do campo no abrigo Casa Lar.</t>
   </si>
   <si>
     <t>407</t>
   </si>
@@ -2809,66 +2809,66 @@
   <si>
     <t>Indica a construção de quadra poliesportiva na comunidade da Soledade, distrito de São Sebastião do Sacramento, perto da casa do senhor José Antônio.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Indica a reforma completa do campo de futebol de Vilanova, com revisão do alambrado e colocação de grama.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Indica a substituição completa das luminárias na rua Alfredo Garcia na comunidade de Bom Jesus de Realeza.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>Indica o cascalhamento da estrada do Córrego São Roque, na região do distrito de Vilanova para Santo Amaro de Minas e Realeza.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/428/indicacao_no253-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/428/indicacao_no253-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica construção de dois quebra molas na Rua Beira da Mata, Bairro Santa Terezinha</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Prefeita Municipal, para realizar a reforma e a reestruturação da escadaria Zacarias, melhorando a iluminação.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/430/255-19.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/430/255-19.pdf</t>
   </si>
   <si>
     <t>Indica remeter proposição indicativa à Exma. Sra. Prefeita Municipal, para realizar a reforma e a reestruturação da Escadaria que liga a Rua Francisco Antônio a Rua Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>Indica remeter proposição indicativa à Exma. Sra. Prefeita Municipal, para realizar a finalização do calçamento da Rua Floresta, do Distrito de São Pedro do Avaí.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>Indica a colocação de iluninação pública na escadaria que dá acesso o Bairro Petrina.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Indica melhorias no calçamento da Viela São Francisco de Assis, Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>459</t>
   </si>
@@ -2896,51 +2896,51 @@
   <si>
     <t>Indica a criação de um shopping municipal para regulamentar os camelôs da rodoviária.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Indica a Secretaria Municipal de Saúde que faça um estudo para incluir no REMUNE alguns medicamentos que tratam a fibromialgia.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Inspetor Juninho Linhares</t>
   </si>
   <si>
     <t>Indica o recapeamento da pista de caminhada na Br 262.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_no264-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_no264-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza da pista de caminhada na Br 262, pelo menos 2 vezes na semana.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>Indica a reforma do corrimão da escadaria na rua José Tertuliano Hott, Bairro Lajinha.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>Indica a construção de um posto de saúde no Bairro São Jorge.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal de Manhuaçu que crie na estrutura do Samal o " Serviço de bota fora desapega".</t>
   </si>
@@ -3043,51 +3043,51 @@
   <si>
     <t>479</t>
   </si>
   <si>
     <t>Indica a aquisição de material para pavimentação na rua perpendicular as ruas Nossa Senhora das Dores, Av. José Baubino Maforte em Ponte do Silva.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Professor Giovanni</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal para que envie projeto de lei Ao Poder Legislativo no sentido de alterar a legislação Municipal que regula a concessão de bolsas de estudo com a compensação tributárias (ISSQN) dos estabelecimentos de ensino superior do município, de modo a ampliar o percentual coberto de referidas bolsas, podendo chegar a bolsa integral, trazendo maior benefício ao estudante.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Indica a complementação de rede pluvial e esgoto na Rua José Huebra, na subida do Bairro Bela Vista, na saída beira rio.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_no282-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_no282-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica programa incentivar o comércio popular, CMG/ TV.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur, Elenilton Martins</t>
   </si>
   <si>
     <t>Indica o calçamento do pátio da escola Municipal de Monte Alverne.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>Indica a ampliação lateral de uma ponte no distrito de Palmeiras, sentido Córrego dos Barbosa.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento no Coqueiro Rural, próximo à propriedade do Sr, Adjair de Barros, 250 mts, sentido a Escola Zeca Bulinga.</t>
   </si>
@@ -3181,51 +3181,51 @@
   <si>
     <t>Indica a retirada do ponto de ônibus que se encontra perto da Igreja Assembleia de Deus Bairro Ponte da Aldeia e colocar em um outro local pra atender os usuários de ônibus.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal, fazer o aterro colocar alambrados e gramas no campo de futebol no início do Córrego Boa Vista.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>Indica a reforma do posto de correio e ponto de apoio do samal de Vilanova, situado na Rua Silvério Dutra.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Indica a colocação de uma faixa de pedestre em frente a Escola Estadual Salime Nacif, Bairro Santa Luzia.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_no303-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_no303-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de uma empresa para que seja feito a limpeza e a desobstrução do Rio Manhuaçu, na Rua Leandro C Gonçalves (ponte próxima ao rei da empada).</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal que altere o código tributário, isentando do pagamento de taxas de  "Alvará Sanitário" para eventos beneficentes e sem fins lucrativos.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal que o Regulamento o funcionamento dos "Escritórios Virtuais", "Centros de negócios e de apoio" no município de Manhuaçu.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>Indica a colocação de 02 (dois) quebra-molas na Rodovia Antônio Pereira Neto (BR116 x Sacramento), na entrada para a casa do Sr. Francisco do Osvaldo.</t>
   </si>
   <si>
     <t>543</t>
   </si>
@@ -3467,150 +3467,150 @@
   <si>
     <t>Indica que a prefeitura viabilize uma área nas proximidades da BR 262 com terraplenagem para uso coletivo de todos os proprietários de caminhões de carga do município de Manhuaçu.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>Indica a construção de uma quadra poliesportiva na Escola de Vila Nova.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Indica a construção de uma quadra de areia na Escola de Vila Nova.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>Indica um repasse financeiro para escolinha de futebol em Bom Jesus de Realeza.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/625/indicacao_no344-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/625/indicacao_no344-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica ao Conselho Municipal do Direito da Criança e do Adolescente que entre em contato com o Cartório Eleitoral em Manhuaçu, TRE-MG para viabilizar a utilização das urnas eletrônicas nas eleições municipais do Conselho Tutelar em 07 de outubro de 2019.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/626/indicacao_no345-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/626/indicacao_no345-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a reforma do corrimão da escadaria que liga o bairro Lajinha a caixa d'agua do bairro Santa Luzia.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>Indica a parceria entre o Executivo e a Comunidade para colocação de 150 metros de calçamento no Córrego da Raiz, na estrada sendido pedra da torre; e 100 metros de calçamento perto do Sr. Osmar Satler e Sr. Daniel Satler, na estrada sendido a rodovia 116;</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>Professor Giovanni, Administrador Rodrigo</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães com o apoio do Deputado João Magalhães uma mediação para o atendimento aos usuários do Ipsemg no HCL, que foi suspensa a partir do dia 01/07.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>Indica a prefeita Cici Magalhães e a Secretaria de Obras  uma solução junto ao Dnit  para o acesso ao centro da Cidade.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>Indica o Diretor do SAAE Sr. Luiz que procure uma solução para o abastecimento de água da APAC, visto que estão tendo sérios problemas de abastecimento.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_no350-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_no350-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Reivindica a colocação de iluminação pública na Rua Projetada, Bairro Lajinha.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal implantação de iluminação na pista da BMX do Município.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>Indica a colocação de degraus na rampa que da acesso à Rua Alice Dias, Bairro São Vicente.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>Indica a colocação de luminária no poste próximo à escadaria 2, Rua Beira Mata, Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/644/indicacao_no_354-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/644/indicacao_no_354-2019.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de um muro de contenção na Rua José Bertolace de Barros, esquina com a Rua Altair Antônio Ferreira, próximo ao posto de saúde, Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/645/355-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/645/355-2020.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de um parquinho infantil na Praça Dr. César Leite, Centro, para atividades de recreação e lazer para crianças.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Indica a criação de porto seco em Manhuaçu.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Indica a disponibilização de um guarda municipal perto do Banco do Brasil e do supermercado Coelho Diniz para corrigir o trânsito.</t>
   </si>
   <si>
     <t>648</t>
   </si>
@@ -3899,63 +3899,63 @@
   <si>
     <t>735</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua que dá acesso ao Bairro Francisco de Assis até a Rua do Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>Indica a limpeza da Rua José Francisco da Silva, Bairro Petrina.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no396-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no396-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica correção de desnível entre a pista da BR e a estrada de acesso ao Córrego da Sinceridade, situado próximo ao antigo posto picada, sentido Simonésia.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no397-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no397-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias e a realização de limpeza com colocação de saibro na estrada do Córrego da Sinceridade, iniciando próximo ao Posto Picada até a divisa do município de Reduto.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>Reivindica recapeamento asfáltico na Rua Wilson de Souza Santos, Bairro São Vicente.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>Indica a  pavimentação no morro do Amantino, no córrego São Roque.</t>
   </si>
   <si>
     <t>741</t>
   </si>
@@ -4073,90 +4073,90 @@
   <si>
     <t>Indica implantação de uma faixa de pedestre em frente ao EMEI Sebastião Vital da Silva – Bairro Matinha.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>Indica a reforma da rede de esgoto da Rua Tiradentes, Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>Indica a colocação de uma faixa de pedestre elevada em frente à E.M. Ponte da Aldeia.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>Indica a construção de uma área de esportes, contendo academia ao ar livre e uma quadra de peteca, ao lado do E.S.F. do Distrito de Ponte do Silva.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/801/indicacao_no421-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/801/indicacao_no421-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a integração da linha de ônibus do antigo SUS ao Bairro Colina.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>Indica o bloqueteamento, que inicia na ponte em frente a casa do Sr. João Leonardo e vai até a propriedade da Sra. Deise no Córrego Taquara Preta.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>Indica a construção de Praça no terreno do Município, localizado na Rua Princesa Isabel, no Distrito de Vilanova.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>Indica a reforma e construção da Quadra Poliesportiva ao lado da Creche da Tia Nilda, no Distrito de Vilanova.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>Indica o bloqueteamento ou asfaltamento da Rua Nilo Elias, no Bairro Colina.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>Indica a inserção de poste com luminária na Rua Paulo de Assis Mendes, no Bairro Lajinha.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no427-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no427-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a prefeitura municipal que entre em entendimento com ENERGISA para realização da remoção da rede de alta tensão que passa pelo Córrego Feijoal, colocando-a junto a rodovia LMG111.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>Indica a construção de um passeio ao final da Avenida Melo Viana, começando próximo ao Peninha Pneus até o inicio da rodovia LMG 111.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>Indica que a prefeita municipal entre em entendimento com o governo do Estado de Minas Gerais, através do deputado João Magalhães, para que seja viabilizado recursos para cobrir a quadra da Vila do Alto em Vilanova.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>Indica que a prefeita municipal entre em entendimento com o governo do Estado de Minas Gerais, através do deputado João Magalhães, para que seja viabilizado recursos para cobrir a quadra da Escola de Vilanova.</t>
   </si>
   <si>
     <t>811</t>
   </si>
@@ -4184,51 +4184,51 @@
   <si>
     <t>814</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Indica a destinação de 60 manilhas nº 060 para a complementação de redes nas proximidades da Escolinha de Sacramento.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal junto ao DEER, Departamento de Edificações e Estradas de Rodagem de Minas Gerais, providencie uma faixa elevada para o centro de Vila Formosa, frente a Creche, que da acesso a Escola Municipal.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/816/indicacao_no436-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/816/indicacao_no436-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um passeio ao lado do córrego na Avenida Aurino Cirino da Costa.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da Secretaria de Obras para tapar os buracos da Rua Nelson Monteiro, no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da Secretaria de Obras para tapar os buracos na Rua Joaquim Pereira Silva, Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>819</t>
   </si>
@@ -4460,51 +4460,51 @@
   <si>
     <t>Indica a colocação de placas sinalizadoras de área escolar e uma faixa de pedestre em frente ao portão da Escola Estadual Ludovino Alves Filgueiras.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães que venha através da Secretaria de Obras fazer a  colocação de uma placa de embarque e desembarque de alunos em frente a escola Wizard na Rua Luiz Cerqueira, no Centro.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães que venha através da Secretaria de Obras fazer a colocação de uma faixa de garagem em frente ao nº 100 na Rua Monsenhor Gonzalez.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães que venha através da Secretaria de Obras fazer a instalação de iluminação pública na Praça Martins Fraga, parquinho no Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no470-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no470-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal de Manhuaçu a instalação de dois quebra-molas na Rua Conceição Daloio Pinheiro, Bairro Pinheiro 2.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal para que realize a obra de cobertura do ponto de táxi da Praça do Hospital César Leite.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal através da Secretaria Municipal de Cultura  para que promova a pintura de muros públicos com artes ligadas a adoção consciente de animais.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>Indica a inserção de um parquinho mais moderno na Praça do Hospital Cesar Leite.</t>
   </si>
   <si>
     <t>913</t>
   </si>
@@ -4556,75 +4556,75 @@
   <si>
     <t>Indica a criação de escolas com todas as modalidades esportivas no Bairro Engenho da Serra, dispondo de um professor de educação física para coordenar cada unidade.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>Indica a criação de escolas com todas as modalidades esportivas no Bairro Santana, dispondo de um professor de educação física para coordenar cada unidade.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Paulo Altino, Rogerinho, Zé Rulinha</t>
   </si>
   <si>
     <t>Indica a construção de posto de saúde no Bairro São Jorge.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/923/indicacao_no484-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/923/indicacao_no484-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a realização da construção da rede pluvial na Rua Clotilde Carneiro, próximo ao Poliesportivo deste município.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/924/indicacao_no485-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/924/indicacao_no485-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a realização do reparo e recapeamento em toda a extensão da rede pluvial na Rua Nações Unidas.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/925/indicacao_no486-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/925/indicacao_no486-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a promover campanha educacional para economizar água.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através da Secretaria de Obras a troca dos bloquetes 050  da Avenida 262 em frente ao Material de Construção Atlântica na Ponte da Aldeia.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>Indica A prefeita Cici Magalhães e a Secretaria de Obras a pavimentação da rua da Darei.</t>
   </si>
   <si>
     <t>928</t>
   </si>
@@ -4646,93 +4646,93 @@
   <si>
     <t>953</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Indica a destinação de 30 manilhas nº 0100 para canalização do córrego próximo à creche do distrito de São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>Indica a colocação de 80 metros de calçamento e canaleta no morro na Comunidade de Soledade, ao lado da igreja e escola, no distrito de São Sebastião do Sacramento.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/955/indicacao_no494-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/955/indicacao_no494-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento da Rua Pedro Coutinho, a via pública, do tipo rua que se inicia às margens da Rodovia MG 111(saída para Simonésia), terminando às margens do Rio Manhuaçu, nesta cidade de Manhuaçu-MG.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento da rua principal no Distrito de Dom Correia (Rua Agostinho Correia de Faria) que dá aceso ao município de Vermelho Novo, sendo 33 metros de Largura e 45 meros de Fundo ao lado do Salão Paroquial de Dom Correa.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Indica a colocação de academia ao ar livre na Rua Agostinho Correia de Faria ao lado da igreja Católica e Salão Comunitário, no Distrito de Dom Correa.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/958/indicacao_no497-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/958/indicacao_no497-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeita Municipal que entre em contato com o Ministério de Educação Esporte e Cultura - MEC com a finalidade de cadastrar o município no programa do Governo Federal Escola Cívico-Militar.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/959/indicacao_no498-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/959/indicacao_no498-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação pública na Rua Santa Rita no Bairro Santa Luzia perto da rua do Dutra Lanches.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>Indica a reforma da Estação de Tratamento de Vilanova, com ampliação de tratamento de água.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Indica o cascalhamento da estrada que sai de Vilanova até a Estrada principal de Manhuacuzinho.</t>
   </si>
   <si>
     <t>962</t>
   </si>
@@ -4856,63 +4856,63 @@
   <si>
     <t>514</t>
   </si>
   <si>
     <t>Indica a Prefeita Cici Magalhães através a Secretaria de Educação incluir na grade curricular dos alunos do 1° ao 5° ano Educação Física  com professor habilitado em Educação Física.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>Berenice do Carlos Tur, Rogerinho, Zé Rulinha</t>
   </si>
   <si>
     <t>Indica ao SAAE duplicação do depósito de água no Distrito de Ponte do Silva, reutilizando o depósito já existente e que atende a comunidade.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/indicacao_no516-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/indicacao_no516-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial e colocação de calçamento e iluminação na Rua Maria Aparecida de Jesus, Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_no517-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_no517-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica obras de pavimentação de trecho de estrada do Córrego Sinceridade.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal de Manhuaçu que envie projeto de lei para a Câmara que crie auxílio financeiro para atletas amadores de Manhuaçu nas mais variadas modalidades esportivas e em especial aos que saem do município para disputarem em outras localidades.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a iniciativa de projeto de lei que torne obrigatória, em qualquer concurso público para provimento de cargos públicos no município de Manhuaçu-MG, a inclusão de pelo menos 10% (dez por cento), nas questões das provas escritas da disciplina ‘conhecimentos gerais’, tenham por tema questões de conhecimentos sobre aspectos históricos, geográficos, literários, políticos e culturais do município de Manhuaçu-MG.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
@@ -4973,51 +4973,51 @@
   <si>
     <t>Indica a construção de uma ponte de cimento na Comunidade Boa Vista sacramento, perto da casa do senhor Ditin, ponte que dá acesso à comunidade do Palmeirinha.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a implantação da terceira equipe de ESF em Vilanova</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a construção de uma UBS no terreno do município, situado na Rua Princesa Isabel, no distrito de Vilanova - Manhuaçu-MG.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>Indica a contratação de novos agentes de saúde da família para o distrito de Vilanova, até que seja implementado uma nova equipe de ESF no referido distrito.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_no531-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_no531-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a reconstrução do muro de contenção na Rua Rev. Marcolino Guimarães Lopes, altura do número 36, próximo ao bar do Marlon, no bairro Petrina.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>Indica o calçamento de250 mts da Rua Principal (sem nome) que dá acesso (entrada) ao Distrito de Palmeiras.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a colocação de academia ao ar livre no Bairro Alfa Sul</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>Indica a instalação de placas de identificação nas Ruas do Bairro São Vicente com os respectivos CEPs atualizados.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
@@ -5054,66 +5054,66 @@
   <si>
     <t>Indica a colocação de 200 metros de calçamento no morro/ estrada próximo a casa do Rogério Helena, até próximo a casa do Sr. Augusto Pires, na comunidade de Fortaleza em Dom Correa.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>Indica a colocação de 200 metros de calçamento na estrada da Comunidade São Bento, iniciando às margens da Br 116, Dom Correa.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>Indica aquisição de ambulância para atender o distrito de Dom Correa.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>Indica o bloquetamento em frente à propriedade do Sr Denoel até o sr André da Nayna no Córrego das Nascentes.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_no544-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_no544-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de iluminação, rede pluvial e calçamento na Rua João Pereira Sobrinho, Bairro Alfa Sul.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial e reparos no calçamento da Rua Juquinha Santana, Bairro Sagrada Família.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_no546-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_no546-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica reparos no calçamento da Rua José Ribeiro Sobrinho, Bairro São Vicente.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>Indica a destinação de veículo (ambulância) para o distrito de Palmeiras do Manhuaçu.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>Indicam a destinação de automóvel para atendimento da UBS Ponte do Silva e outro automóvel para atendimento da UBS Ponte da Adeia.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>Indicam a colocação de calçamento com bloquete na comunidade Boa Vista e Córrego da Raiz.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
@@ -5162,51 +5162,51 @@
   <si>
     <t>Indica ao SAMAL que faça a poda das árvores na Avenida Palmeiras no bairro Matinha.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a criação de gratificação para os enfermeiros das equipes de estratégia saúde da família (ESF), como forma de compensar seus gastos com combustível.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal o pagamento de insalubridade aos agentes comunitários de saúde.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal o pagamento de gratificação a todos os funcionários da saúde que tenham o direito.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1079/indicacao_no_561-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1079/indicacao_no_561-2019.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade urgente de construção de uma nova ponte de concreto no trecho de acesso ao córrego dos Costa, em São Pedro do Avaí. A estrutura antiga foi totalmente destruída pelas chuvas do primeiro domingo de dezembro e deixou várias famílias ilhadas na zona rural.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Cabo Ferreira, Gilsinho, Zé Rulinha</t>
   </si>
   <si>
     <t>Indica a colocação de postes com Iluminação pública de Realeza a Santo Amaro de Minas.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>Indica que o DNIT faça revitalização de todas as faixas de pedestre da BR 262 trecho urbano de Manhuaçu.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>564</t>
   </si>
@@ -5216,75 +5216,75 @@
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>Indica a Secretaria de obras através da prefeita Cici Magalhães, a construção de um alambrado de contenção na rua Efigênia de Morais, no bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>Indica a Secretaria de obras através da prefeita  Cici Magalhães, a colocação de um redutor de velocidade na rua Olimpio Vargas, subida da rua Nelson Monteiro, devido ao grande fluxo de veículos.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1085/indicacao_no567-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1085/indicacao_no567-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento na Rua Santa Inês, Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1086/indicacao_no568-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1086/indicacao_no568-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de calçamento na Rua São João Evangelista, Bairro Engenho da Serra.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1087/indicacao_no569-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1087/indicacao_no569-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Indica a construção de creche no Bairro Petrina.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>Indica à Exma. Sra. Secretária Municipal de Educação, que ouvida a Prefeita Municipal, respeitada a legislação que regulamenta o Plano e a Política Municipal de Educação, para que façam inserir na grade curricular dos estabelecimentos de ensino no município, de disciplina e atividades voltadas ao enfrentamento da questão tormentosa da violência doméstica, inserindo instruções sobre melhor convivência familiar, respeito às diferenças, entre outras atividades e práticas, tudo com a finalidade de buscarmos diminuir essas mazelas que nos afligem, na expectativa de se dar condições, a partir do ambiente escolar, ao aluno para que busque meios de melhorar a convivência na família a que pertença.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>Indica a construção de rede pluvial na Rua Antônio Rodrigues Lomeu – Bairro Centro.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
@@ -6346,51 +6346,51 @@
     <t>Moção de Reconhecimento aos 37 anos de fundação da Associação de Moradores do Bairro São Vicente em 06/12/2019 e pelos 30 anos de construção da sede da entidade no bairro São Vicente.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>Moção de Reconhecimento à EMATER MG, em especial ao escritório local e à unidade regional de EMATER Manhuaçu, por ser classificada entre as 400 maiores empresas do agronegócio do Brasil, segunda Revista Exame._x000D_
 Moção de Reconhecimento nº 190/2019</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao Senhor Benoni da paixão pelos 37 anos de participação na liderança da associação de moradores do bairro São Vicente.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>Moção de Reconhecimento em homenagem à senhora Irene Antônia de Oliveira Freitas, pelos relevantes serviços prestados à educação.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/mocao_no_192-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/mocao_no_192-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento Público “In Memorian”, em Homenagem ao Dr. Heron Werner pelos relevantes serviços prestados à população de Manhuaçu e região na medicina.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>Moção de Pesar pelo Falecimento do Sr. José Pereira da Silva (José Sirvino), em 18/11/2019.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>Moção de Pesar:_x000D_
 Pelo falecimento do Sr. Laercio de Abreu, em 25/11/2019.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>Moção de Pesar:_x000D_
 Pelo falecimento do Sr. Joaquim Maximiano Pereira (Pai do Jailton Pereira), em 19/11/2019.</t>
   </si>
   <si>
@@ -6505,1429 +6505,1429 @@
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>A Igreja Maranata do Bairro Bom Pastor pelas orações realizadas em prol das autoridades  no mês de novembro de 2019.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento de Efigênia Maria Teixeira.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>Moção de Reconhecimento ao Deputado Estadual João Lúcio Magalhães Bifano – João Magalhães pelo empenho junto ao Governo do Estado na liberação do asfaltamento da estrada que liga o distrito de Pontões ao Município de São João do Manhuaçu.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1/pl_no_01-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1/pl_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação temporária por excepcional interesse público no Município de Manhuaçu e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/40/pl_no_02-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/40/pl_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações à Lei nº 3466, de 31 de março de 2015 e dá outras providências</t>
   </si>
   <si>
     <t>Maria Aparecida Magalhães Bifano</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/5/pl_no_03-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/5/pl_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei nº 3548 de 04 de dezembro de 2015 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/44/pl_no_04-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/44/pl_no_04-2019.pdf</t>
   </si>
   <si>
     <t>Dá nome de Rua Múcio da Silva Brandão, o logradouro público até então conhecido por Rua Projetada, localizada no distrito de São Sebastião do Sacramento, neste município de Manhuaçu, MG e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/45/pl_05.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/45/pl_05.pdf</t>
   </si>
   <si>
     <t>Dá nome de Vicente de Paula Fagundes no Vestiário da Quadra Poliesportiva Gumercindo Sebastião dos Santos, no Bairro Matinha, nesta cidade de Manhuaçu-MG, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/46/pl_06-2019_linhares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/46/pl_06-2019_linhares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o agendamento telefônico de consultas para pacientes idosos e para pessoas com deficiências já cadastradas nas Unidades de Saúde do município de Manhuaçu – MG e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_n_007_2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_n_007_2019.pdf</t>
   </si>
   <si>
     <t>Dá nome de "NEIMA ROSA LOPES SILVA" ao Canil Municipal , neste mubicípio de Manhuaçu-MG e dá outras providências,</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/62/pl_no_08-2019_repasse_-_associacao_de_mulheres_de_BPNVIsF.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/62/pl_no_08-2019_repasse_-_associacao_de_mulheres_de_BPNVIsF.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros à Associação de Mulheres de São Pedro do Avaí e contém outras providências</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/63/pl_no_09-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/63/pl_no_09-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover alterações de fontes e destinações de recursos previstos na LOA/2019 conforme definição da Secretaria do Tesouro Nacional – STN.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/64/pl_no_10-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/64/pl_no_10-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 4º da Lei nº 3.572, de 27 de janeiro de 2016 e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/65/pl_no_11-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/65/pl_no_11-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º da Lei nº 3.670/2017 e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/71/pl_no_12-2019_hZtc9Ob.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/71/pl_no_12-2019_hZtc9Ob.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral dos vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da rua Genaro Miranda e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pl_no_13-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pl_no_13-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de subvenção social ao Centro de Apoio à Família - CAF e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pl_no_15-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pl_no_15-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a preservação do Patrimônio Histórico, Cultural e Natural do Município de Manhuaçu, cria o Conselho Municipal do Patrimônio Cultural e institui o Fundo Municipal de Proteção do Patrimônio Cultural de Manhuaçu</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pl_16-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pl_16-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 6º da Lei nº 2.823, de 04 de dezembro de 2008 e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pl_no_17-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pl_no_17-2019.pdf</t>
   </si>
   <si>
     <t>Dá nome de Lino da Costa e Silva ao galpão do produtor rural neste município e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pl_no_18-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pl_no_18-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de isenção do Imposto Predial Territorial Urbano – IPTU às pessoas que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>Cléber da Matinha, Adalto, Administrador Rodrigo, Gilsinho, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pl_19.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pl_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamentos eliminadores/bloqueador de ar nas tubulações do sistema de água e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pl_no_20-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pl_no_20-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Banco Municipal de Materiais de Construção no Município de Manhuaçu, MG e dá outras providências.</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Elenilton Martins, Inspetor Juninho Linhares, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl_21.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl_21.pdf</t>
   </si>
   <si>
     <t>Dá Nome ao Conjunto Habitacional em edificação na cidade, dentro do Projeto Intitulado “Minha Casa, Minha Vida” de Conjunto Habitacional Ondina Alves da Costa.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pl_22.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pl_22.pdf</t>
   </si>
   <si>
     <t>Autoriza Repasse de recursos financeiros a Associação de Motociclistas de Manhuaçu e Região - AMMAR e contem outras providencias.</t>
   </si>
   <si>
     <t>Cléber da Matinha, Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pl_23_LS7e6fT.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pl_23_LS7e6fT.pdf</t>
   </si>
   <si>
     <t>Dá nome de Gumercindo Sebastião dos Santos na Quadra Poliesportiva do Bairro Matinha, nesta cidade de Manhuaçu-MG e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/206/pl_24.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/206/pl_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de camisetas, bonés, vestimentas e acessórios indumentários com publicidade de cigarros, bebidas alcoólicas e drogas ilícitas, nas escolas da rede municipal de ensino e dá outras providências</t>
   </si>
   <si>
     <t>Cabo Ferreira, Administrador Rodrigo, Elenilton Martins, Inspetor Juninho Linhares, Paulo Altino, Professor Giovanni, Tony Mix</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pl_25_sPOQdwY.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pl_25_sPOQdwY.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Dia Municipal de Lazer para o deficiente físico e portador de necessidades especiais e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pl_26.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pl_26.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 3662, de 23 de Janeiro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>Gilsinho, Adalto, Administrador Rodrigo, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pl_27_xt99CaP.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pl_27_xt99CaP.pdf</t>
   </si>
   <si>
     <t>“Estabelece mecanismos de contratação de seguro para garantir o interesse público nos processos de licitação e a correta aplicação dos recursos públicos e dá outras providências”.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl_28.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl_28.pdf</t>
   </si>
   <si>
     <t>“Acrescenta parágrafo único ao artigo 196 da Lei Complementar nº 004/2017 e contem outras providencias”.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl_29.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl_29.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros à AMACORR - Associação dos Corredores de Ruas de Manhuaçu e Região e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/262/pl_n._30_-_da_nome_vicente_severino.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/262/pl_n._30_-_da_nome_vicente_severino.pdf</t>
   </si>
   <si>
     <t>“Dá nome de Antônio Severino de Souza na ponte na Vila Boa Esperança, neste município e contém outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_no_31-2019_institui_o_dia_municip_o3cOMox.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_no_31-2019_institui_o_dia_municip_o3cOMox.doc</t>
   </si>
   <si>
     <t>“Institui o Dia Municipal  da Fibromialgia e dá outras providências”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_32_vantuil_canuto_marco_2019.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_32_vantuil_canuto_marco_2019.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação da Estrada Canuto da Costa Neto e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/275/projeto_de_lei_33_linhares_vista_linda_marco_2019.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/275/projeto_de_lei_33_linhares_vista_linda_marco_2019.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação da Rua Vista Linda e dá outras providências.”</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de Logradouros públicos de Avenida Moacyr Caldeira Penna (Cici Pena) e Rua José Caldeira Pena (Zezito Pena) e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/277/pl_35_-_denominacao_rua_raimundo_ver._adalto.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/277/pl_35_-_denominacao_rua_raimundo_ver._adalto.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei No. 2.713, de 13 de dezembro de 2007, que dá denominação de Viela Raimundo Paulo Tavares e contém outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/337/pl_36_-_denominacao_de_rua_bairro_sao_francisco_de_assis.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/337/pl_36_-_denominacao_de_rua_bairro_sao_francisco_de_assis.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de ruas no bairro São Francisco de Assis e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl_37_-_denominacao_capela_velorio_vilanova_pedr_32GAi72.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl_37_-_denominacao_capela_velorio_vilanova_pedr_32GAi72.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação da Capela Velório Municipal Pedro Simpliciano Filho, no distrito de Vilanova, e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/384/pl_38-2019_-__da_nome_de_rua_jose_lourenco_rodrigues.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/384/pl_38-2019_-__da_nome_de_rua_jose_lourenco_rodrigues.pdf</t>
   </si>
   <si>
     <t>"Dá nome de Rua José Lourenço Rodrigues, o logradouro público que especifica e contém outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_de_lei_n_39_-_diarias.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_de_lei_n_39_-_diarias.pdf</t>
   </si>
   <si>
     <t>"Altera e suprime dispositivos da Lei nº 3.773, de 28 de novembro de 2017, que dispõe sobre o pagamento e a prestação de contas de diárias de via-gens a agente político e servidor público do Poder Legislativo do Município de Manhuaçu e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/434/institui_o_mes_de_maio_maio_amarelo_e_da_outras_Y8GZkcG.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/434/institui_o_mes_de_maio_maio_amarelo_e_da_outras_Y8GZkcG.docx</t>
   </si>
   <si>
     <t>“Institui o mês de maio como MAIO AMARELO no município de Manhuaçu e dá outras providências.”</t>
   </si>
   <si>
     <t>Adalto, Tony Mix, Administrador Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/435/pl_no_41-2019_-_da_nome_de_bairro_sao_francisco_de_assis.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/435/pl_no_41-2019_-_da_nome_de_bairro_sao_francisco_de_assis.pdf</t>
   </si>
   <si>
     <t>"Dá denominação e delimita o Bairro São Francisco de Assis, na cidade de Manhuaçu, e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/436/pl_42.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/436/pl_42.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de rua Maria Moreira dos Santos, no bairro Luciano Heringer."</t>
   </si>
   <si>
     <t>Cléber da Matinha, Cabo Ferreira, Inspetor Juninho Linhares, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/485/pl_43-2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/485/pl_43-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da atribuição de função de cobrança de passagens aos motoristas de ônibus – dupla função – no município de Manhuaçu, Estado de Minas Gerais.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/486/pl_44-2019_-_ldo_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/486/pl_44-2019_-_ldo_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária do Município de Manhuaçu para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/487/pl_45-2019_-_autoriza_repasse_associacao_sagrada_lmq0129.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/487/pl_45-2019_-_autoriza_repasse_associacao_sagrada_lmq0129.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação Sagrada Família de Nazaré – ASFAN na forma de Cota Patrocínio e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/488/pl_46-2019_-_reconducao_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/488/pl_46-2019_-_reconducao_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do Artigo 21 da Lei 3466, de 31 de março de 2015 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_de_lei_no_47-2019_repasse_a_associacao_d_BifDNfc.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_de_lei_no_47-2019_repasse_a_associacao_d_BifDNfc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação de Mulheres de São Pedro do Avaí na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/507/projeto_de_lei_048_de_04_jun_2019_-_altera_plano_l44gdzj.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/507/projeto_de_lei_048_de_04_jun_2019_-_altera_plano_l44gdzj.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de cargos públicos criados pela Lei nº 3.472, de 22 de abril de 2015, que dispõe sobre o plano de cargos, carreiras e vencimentos dos servidores públicos da Câmara Municipal de Manhuaçu, para fins de concurso público e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/511/pl_49-2019_criacao_fumdesp_e_conselho_municipal__h0APzb9.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/511/pl_49-2019_criacao_fumdesp_e_conselho_municipal__h0APzb9.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, constituição e funcionamento do Fundo Municipal de Esporte e Lazer - FUMDESP - e institui o Conselho Municipal de Esporte e Lazer - CME - e dá outras Providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/564/pl_50-2019_altera_no_de_vagas_de_aux_de_enfermag_jRFJjX6.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/564/pl_50-2019_altera_no_de_vagas_de_aux_de_enfermag_jRFJjX6.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei 2.418/2004, acrescentando número de vagas nos cargos de Auxiliar de Enfermagem e Monitor e contém outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/565/pl_51-2019_institui_dia_municipal_de_libras.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/565/pl_51-2019_institui_dia_municipal_de_libras.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Língua Brasileira de Sinais - LIBRAS, e dispõe sobre sua comemoração no Município de Manhuaçu, Estado de Minas Gerais</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/566/pl_52-2019_-_instalacao_de_wi-fi_em_onibus_de_tr_EhDk8Qv.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/566/pl_52-2019_-_instalacao_de_wi-fi_em_onibus_de_tr_EhDk8Qv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de serviço de internet sem fio “Wi-Fi” na frota dos veículos de transporte coletivo urbano de passageiros do Município de Manhuaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/591/pl_53-2019_repasse_apef_-_esporte_nota_10.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/591/pl_53-2019_repasse_apef_-_esporte_nota_10.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a promover repasse à Associação de Professores de Educação Física de Manhuaçu e Região na forma de cota patrocínio e dá outras providências."</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_54-2019_altera_plano_de_cargos_30_auxiliar_de_DPUI26J.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_54-2019_altera_plano_de_cargos_30_auxiliar_de_DPUI26J.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2.418/2004 e contém outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/594/projeto_de_lei_no_55_-2019_-_autoriza_o_repasse__LujLPLS.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/594/projeto_de_lei_no_55_-2019_-_autoriza_o_repasse__LujLPLS.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação de Comunicação de Rádio Fusão da Comunidade São Sebastião do Sacramento Manhuaçu – MG, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/597/pl_56-2019__-_normas_de_prevencao_e_protecao_ao_incendio.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/597/pl_56-2019__-_normas_de_prevencao_e_protecao_ao_incendio.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre normas de prevenção e proteção contra incêndio nos locais que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/598/pl_57.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/598/pl_57.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.236/2.000, que dispõe sobre denominação de ruas no Loteamento Pinheiro III, Bairro Bom Pastor, nesta cidade e contém outras providências</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/599/pl_58.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/599/pl_58.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Travessa Teresinha Julia Pena no bairro São Vicente e dá outras providências</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/600/pl_59.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/600/pl_59.pdf</t>
   </si>
   <si>
     <t>Determina a fixação de placa informativa com o número do telefone do Ministério Público e do Conselho Tutelar nos estabelecimentos de Ensino Público e Privado e dá outras providências.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/639/pl_no_60-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/639/pl_no_60-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Motociclista no Município de Manhuaçu, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_no_61-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_no_61-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta beneficiários junto ao anexo I da Lei nº 3548 de 04 de dezembro de 2015, alterada pela Lei nº 3933, de 23 de abril de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_de_lei_no_62-2019.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_de_lei_no_62-2019.docx</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Nascituro, no município de Manhuaçu, Estado de Minas Gerais e contém outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_de_lei_no_63-2019.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_de_lei_no_63-2019.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Diploma PROFESSOR NOTA DEZ ao professor da rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_no_64-2019.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_no_64-2019.docx</t>
   </si>
   <si>
     <t>Institui o Diploma “ALUNO NOTA DEZ”, para estudantes da 5ª a 9ª série da rede de ensino estadual e municipal do município de Manhuaçu e dá outras providencias.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_no_65-2019.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_no_65-2019.doc</t>
   </si>
   <si>
     <t>Da denominação de EDMILSON ALVES MACHADO à pista de bicicross neste município e contém outras providencias.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_lei_no_66-2019_-_autoriza_o_municipio_52uEHEr.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_lei_no_66-2019_-_autoriza_o_municipio_52uEHEr.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Manhuaçu a dar em pagamento ao SAAE – Serviço Autônomo de Água e Esgoto, uma área de terreno urbano e contém outras providências.”</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_lei_no_67-2019_denominacao_ubs_santo_amaro.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_lei_no_67-2019_denominacao_ubs_santo_amaro.pdf</t>
   </si>
   <si>
     <t>Dá nome de "UBS José Dutra Magalhães" o prédio da Unidade Básica de Saúde de Santo Amaro de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Cléber da Matinha, Inspetor Juninho Linhares, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/754/pl_no_68-2019__-_altera_lei_que_regula_trafego_d_brPWyEw.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/754/pl_no_68-2019__-_altera_lei_que_regula_trafego_d_brPWyEw.pdf</t>
   </si>
   <si>
     <t>“Altera o Parágrafo Único do Art. 3º, da Lei No. 3.252/2012, de 05 de dezembro de 2012, que “Dispõe sobre o trânsito de veículos pesados em vias públicas centrais da cidade e dá outras providências, para incluir veículos de apoio à indústria da construção civil e tira-entulho e dá outras providências.”</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_no_69-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_no_69-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação de Proteção e Assistência aos Condenados - APAC, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/755/pl_70-2019_-_repasse_trail_clube.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/755/pl_70-2019_-_repasse_trail_clube.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse ao Trail Clube de Manhuaçu - TCM, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_no_71-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_no_71-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação de Moradores Amigos de Santo Amaro - AMA, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_no_72-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_no_72-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação de Moradores Comunidade Vilanovense, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_no_73-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_no_73-2019.pdf</t>
   </si>
   <si>
     <t>“Altera o § 2º da Lei nº 3.900/2018 e dá outras providências.”</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_no_074-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_no_074-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º da lei nº 3.727, de 10 de julho de 2017 e contém outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse de recursos financeiros à Associação dos Professores de Educação Física de Manhuaçu na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_de_lei_no_76-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_de_lei_no_76-2019.pdf</t>
   </si>
   <si>
     <t>Dá nome de Rua Pedro Coutinho, o logradouro público que especifica e contém outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_no_77-2019_mialyxs.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_no_77-2019_mialyxs.pdf</t>
   </si>
   <si>
     <t>Dá nome de Rua João Pereira Sobrinho, o logradouro público que especifica e contém outras providências.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_no_78-2019_SLUN56O.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_no_78-2019_SLUN56O.pdf</t>
   </si>
   <si>
     <t>Altera ao artigo 1º da Municipal nº Lei 1.379/1982, que dispõe sobre denominações de ruas, praças e travessas no Distrito de São Pedro Do Avaí, alterado pela Lei Municipal 2376/2003  e dá outras providências.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_no_079_-_2019_eG34i8k.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_no_079_-_2019_eG34i8k.pdf</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/872/projeto_de_lei_no_80-2019_nHgVlAd.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/872/projeto_de_lei_no_80-2019_nHgVlAd.pdf</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_no_81_2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_no_81_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a contratar operação de crédito junto à Caixa Econômica Federal, no âmbito do programa FINISA - financiamento à infraestrutura e ao saneamento na modalidade apoio financeiro destinado à aplicação em despesa de capital e a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/876/projeto_de_lei_no_82-2019_denominacao_de_rua__lu_22Zga1n.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/876/projeto_de_lei_no_82-2019_denominacao_de_rua__lu_22Zga1n.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Rua Lúcio Carlos Lomeu, no bairro Ponte da Aldeia e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/879/projeto_de_lei_no_83-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/879/projeto_de_lei_no_83-2019.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a INSTITUIÇÃO DE CADASTRO E CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TEA - TRANSTORNO DE ESPECTRO DO AUTISMO" no Município de Manhuaçu e dá outras providências”</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/880/pl_no_84_-_2019_-_obriga_estabelecimentos_comerc_G98Ne05.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/880/pl_no_84_-_2019_-_obriga_estabelecimentos_comerc_G98Ne05.pdf</t>
   </si>
   <si>
     <t>OBRIGA OS ESTABELECIMENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIO A INSERIREM NAS PLACAS DE ATENDIMENTO PRIORITÁRIO O SÍMBOLO MUNDIAL DO AUTISMO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_no_85.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_no_85.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de ponte de concreto armado no distrito de Palmeiras do Manhuaçu – Francisco Vital da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/884/projeto_de_lei_no_86-2017.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/884/projeto_de_lei_no_86-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de ponte de concreto armado no distrito de Palmeiras do Manhuaçu – Wesley Alves da Rocha e dá outras providências.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>Elenilton Martins, Juarez Eloi</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/885/projeto_de_lei_no_87-2019_9ZLJaiI.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/885/projeto_de_lei_no_87-2019_9ZLJaiI.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de quadra do distrito de Palmeiras do Manhuaçu – Divino Furtado da Silva - Divino do ônibus e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/886/projeto_de_lei_no_88-2019__subvencao.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/886/projeto_de_lei_no_88-2019__subvencao.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Subvenções Sociais, Auxílios e Contribuições e contém outras providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_no_89-2019_loa_2020.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_no_89-2019_loa_2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROPOSTA ORÇAMENTÁRIA, ESTIMANDO A RECEITA E FIXANDO A DESPESA DO MUNICÍPIO DE MANHUAÇU PARA O EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/888/pl_90-2019_-_altera_o_nome_de_viela_e_rua_em_sao_oCps7PS.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/888/pl_90-2019_-_altera_o_nome_de_viela_e_rua_em_sao_oCps7PS.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei Municipal nº 2.552/2006, que dispõe sobre denominações de rua e viela no Distrito de São Pedro Do Avaí e dá outras providências.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>Cabo Ferreira, Gilsinho, Inspetor Juninho Linhares, Rogerinho, Zé Rulinha</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/889/pl_91-2019_owbBE1F.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/889/pl_91-2019_owbBE1F.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO E LEGISLATIVO MUNICIPAL A CONCEDER 01 (UM) DIA DE FOLGA REMUNERADA AOS SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS, NA DATA DE SEUS RESPECTIVOS ANIVERSÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_lei_no_92_-_2019_credito_especial.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_lei_no_92_-_2019_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/937/pl_no__93-2019_-_agencia_reguladora.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/937/pl_no__93-2019_-_agencia_reguladora.pdf</t>
   </si>
   <si>
     <t>Ratifica e faz ingressar no ordenamento jurídico do Município de Manhuaçu - MG o Protocolo de Intenções da Agência Reguladora Intermunicipal dos Serviços de Saneamento da Zona da Mata e Adjacêncuas (ARIS-ZM).</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/938/pl_no_94-2019_-_cisab.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/938/pl_no_94-2019_-_cisab.pdf</t>
   </si>
   <si>
     <t>Ratifica  alteração, pelo Município de Manhuaçu - MG do contrato de Consórcio Público do Consórsio Intermunicipal de Saneamento Básico da Zona da Mata – CISAB ZONA DA MATA</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/939/pl_no_95-2019_-_repasse_amem.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/939/pl_no_95-2019_-_repasse_amem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse à Associação de Ministros Evangélicos de Manhuaçu - AMEM, na forma cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/940/pl_no_96-2019_-__da_nome_de_rua_geraldo_ferreira_J5OfAh5.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/940/pl_no_96-2019_-__da_nome_de_rua_geraldo_ferreira_J5OfAh5.pdf</t>
   </si>
   <si>
     <t>Dá nome de Rua Geraldo Ferreira da Silva, o logradouro público que específica e contem outras providências</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/941/pl_no_97_-2019_nome_de_rua_maria_aprecida_de_jes_qBLHXzr.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/941/pl_no_97_-2019_nome_de_rua_maria_aprecida_de_jes_qBLHXzr.pdf</t>
   </si>
   <si>
     <t>Dá nome de Rua Maria Aparecida de Jesus, o logradouro público que especifica e contém outras providências.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/980/pl_no_98_-2019_-__que_da_nome_de_rua_em_sacramen_Ofr5mtx.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/980/pl_no_98_-2019_-__que_da_nome_de_rua_em_sacramen_Ofr5mtx.pdf</t>
   </si>
   <si>
     <t>Dá nome de Rua Joaquim Quintino Luciano, ao logradouro público que especifica e contém outras providências.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>Zé Rulinha, Inspetor Juninho Linhares</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/982/pl_no_99-2019_projeto_de_lei_que_da_nome_de_esca_MOhv1uC.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/982/pl_no_99-2019_projeto_de_lei_que_da_nome_de_esca_MOhv1uC.pdf</t>
   </si>
   <si>
     <t>Dá nome de Escadaria João Evangelista Alves ao logradouro público que especifica e contém outras providências.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_no_100_2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_no_100_2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 3.988, de 21 de outubro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1040/projeto_de_lei_no_101-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1040/projeto_de_lei_no_101-2019.pdf</t>
   </si>
   <si>
     <t>Altera  artigo 4º da Lei nº 3572, de 27 de janeiro de 2016 e contém outras providências.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1041/projeto_de_lei_no_102-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1041/projeto_de_lei_no_102-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º da Lei nº 3662, de 23 de janeiro de 2017, que dispõe sobre a contratação temporária por excepcional interesse público de Agentes de Apoio Administrativo para o Programa Bolsa Família e contém outras providências.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1042/projeto_de_lei_no_103-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1042/projeto_de_lei_no_103-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipal a promover repasse à Associação e Moradores Comunidade Vilanovense, na forma de cota patrocínio e dá outras providências.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1043/projeto_de_lei_no_104-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1043/projeto_de_lei_no_104-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover repasse na forma de subvenção social, ao Conselho da Comunidade na Execução Penal - CCEP, e dá outras providências.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_no_105-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_no_105-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Cessão de Servidores Municipais ao Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_no_106-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_no_106-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre transformação do cargo que menciona, alteração do plano de cargos, carreira e vencimentos dos servidores da Câmara Municipal de Manhuaçu e dá outras providências</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_no_107-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_no_107-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros à Associação de Mulheres de São Pedro do Avaí e contém outras providências.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_no_108-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_no_108-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros à Darei – Divisão de Assistência, Recuperação Educação e Integração e contém outras providências.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1088/projeto_de_lei_no_109-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1088/projeto_de_lei_no_109-2019.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do artigo 1º e o artigo 2º da lei nº 3.560, de 22 de dezembro de 2015 e contém outras providências.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_lei_no_110-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_lei_no_110-2019.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei 3548 de 04 de dezembro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_lei_no_111-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_lei_no_111-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei 3882, de 28 de setembro de 2018</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/projeto_de_lei_no_112-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/projeto_de_lei_no_112-2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1682/1991, que dispõe sobre o Estatuto dos Servidores Públicos do Município das Autarquias e das Fundações Municipais.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/projeto_de_lei_no_113-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/projeto_de_lei_no_113-2019.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/projeto_de_lei_no_114-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/projeto_de_lei_no_114-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros à APAE – Associação de Pais e Amigos dos Excepcionais de Manhuaçu e contém outras providências.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/projeto_de_lei_no_115-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/projeto_de_lei_no_115-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de recursos financeiros à Asilo São Vicente de Paulo de Manhuaçu e contém outras providências.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Inspetor Juninho Linhares, Zé Rulinha, Adalto, Administrador Rodrigo, Berenice do Carlos Tur, Cabo Ferreira, Elenilton Martins, Gilsinho, Paulo Altino, Tony Mix, Zé Eugênio</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_complemetar_no_01-2019_b9hXkcw.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_complemetar_no_01-2019_b9hXkcw.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo rural para chacreamento particular no município de Manhuaçu, estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/361/projeto_de_lei_complemetar_no_02-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/361/projeto_de_lei_complemetar_no_02-2019.pdf</t>
   </si>
   <si>
     <t>"Revoga o inciso III do parágrafo único do artigo 131, da Lei Complementar nº 02/2017 e contém outras providencias."</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_lei_complementar_03-2019_chacreamento.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_lei_complementar_03-2019_chacreamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo em Zona de Urbanização Específica para fins de chacreamento no Município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/877/projeto_de_lei_complementar_no_04-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/877/projeto_de_lei_complementar_no_04-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>Renato Cezar Von Randow</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/985/plc_05-2019_refis.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/985/plc_05-2019_refis.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do artigo 2º da Lei Complementar nº 013/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/72/projeto_de_resolucao_01-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/72/projeto_de_resolucao_01-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a formação das Comissões Permanentes da Câmara Municipal para o biênio 2019/2020 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_resolucao_02-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_resolucao_02-2019.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual de vencimento aos Servidores do Poder Legislativo do Município de Manhuaçu e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/74/projeto_de_resolucao_03-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/74/projeto_de_resolucao_03-2019.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual de subsídios aos vereadores integrantes do Poder Legislativo do Município de Manhuaçu e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/75/resolucao_no_04-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/75/resolucao_no_04-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Câmara Itinerante” no Município de Manhuaçu – MG.</t>
   </si>
   <si>
     <t>Zé Rulinha, Administrador Rodrigo, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/126/05-2019_-_honra_ao_merito_a_empresa_engelmig_eletrica.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/126/05-2019_-_honra_ao_merito_a_empresa_engelmig_eletrica.doc</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à empresa ENGELMIG ELÉTRICA e dá outras providências</t>
   </si>
   <si>
     <t>Cléber da Matinha, Cabo Ferreira, Inspetor Juninho Linhares, Paulo Altino, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_resolucao_no_06-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_resolucao_no_06-2019.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à Sra. Maria Camilo e dá outras providências</t>
   </si>
   <si>
     <t>"Concede o Título de Cidadão Honorário ao Sr. Jackson Souza Amaral."</t>
   </si>
   <si>
     <t>"Concede o Diploma de Honra ao Mérito a Sra. Adailma Oliveira Dornelas."</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/360/projeto_de_resolucao_para_vereador_cabo_ferreira_honra_ao_merito_para_caroline_marques_faria.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/360/projeto_de_resolucao_para_vereador_cabo_ferreira_honra_ao_merito_para_caroline_marques_faria.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito À Sra. Caroline Marques Faria e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pr_10-2019_cria_a_escola_do_legislativo.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pr_10-2019_cria_a_escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>"Cria a Escola do Legislativo no âmbito da CÂMARA MUNICIPAL DE MANHUAÇU/MG e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pr_11-2019_dispoe_alteracao_da_resolucao_n_028-2_UKL9DA1.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pr_11-2019_dispoe_alteracao_da_resolucao_n_028-2_UKL9DA1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da resolução nº 28/2008 que contém o Regimento Interno da Câmara Municipal de Manhuaçu, Estado de Minas Gerais”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pr_12-2019__dispoe_sobre_o_codigo_de_etica_e_dec_EXDoXku.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pr_12-2019__dispoe_sobre_o_codigo_de_etica_e_dec_EXDoXku.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Código de Ética e Decoro Parlamentar da Câmara Municipal de Manhuaçu, Estado de Minas Gerais.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/433/pr_13-2019_STKHTnb.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/433/pr_13-2019_STKHTnb.pdf</t>
   </si>
   <si>
     <t>"Concede o diploma de Honra ao Mérito à Associação do Movimento Cultural Negro de Manhuaçu, na pessoa de seu Presidente Marco Antônio Cabral e dá outras procidências."</t>
   </si>
   <si>
     <t>“Concede o Diploma de Honra ao Mérito aos Militares do Corpo de Bombeiros de Manhuaçu que atuaram na tragédia de Brumadinho.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/438/pr_15-2019_-_honra_ao_merito_joana_darc__-_jorge_YI6HXyO.doc</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/438/pr_15-2019_-_honra_ao_merito_joana_darc__-_jorge_YI6HXyO.doc</t>
   </si>
   <si>
     <t>“Concede o Diploma de Honra ao Mérito à Sra. Joana Darc e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/493/pr_18-2019_dispoe_sobre_o_ingresso_de_ms.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/493/pr_18-2019_dispoe_sobre_o_ingresso_de_ms.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ingresso da Câmara Municipal em juízo com ação de mandado de segurança em face da prefeita do município e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/513/pr_19-2019_-_cidada_honoraria_telma_de_paulo_freitas.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/513/pr_19-2019_-_cidada_honoraria_telma_de_paulo_freitas.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária do Município de Manhuaçu à Sra. Telma de Paulo Freitas, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/512/pr_20-2019_-_honra_ao_merito_capitao_fernando_noia.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/512/pr_20-2019_-_honra_ao_merito_capitao_fernando_noia.pdf</t>
   </si>
   <si>
     <t>Concede o título de Honra ao Mérito ao Ilmo. Sr. Capitão PM Fernando de Souza Noia Gonçalves, e dá outras providências.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pr_21.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pr_21.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito ao Ilmo. Sr. Roberto Carlos Torres, e dá outras providências</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_resolucao_no_22-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_resolucao_no_22-2019.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. Agnaldo de Souza Schuab – MAJOR PM - e dá outras providências.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/854/projeto_de_resolucao_no_23-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/854/projeto_de_resolucao_no_23-2019.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Cidadão Honorário ao Senhor Gaspar Dutra Machado.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/942/pr_no_24-2019__honra_ao_merito_hilton_dos_santos_pereira.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/942/pr_no_24-2019__honra_ao_merito_hilton_dos_santos_pereira.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Hilton dos Santos Pereira e dá outras providências</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/979/projeto_de_resolucao_no_25-2019_-_merito_legisla_d3TWq4H.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/979/projeto_de_resolucao_no_25-2019_-_merito_legisla_d3TWq4H.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao senhor Durval Ângelo Andrade.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/981/pr_26.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/981/pr_26.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. João Leandro Faria Andrade e dá outras providências.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/983/pr_27_-_cidadania_honoraria_joana_darcc_de_souza_farath.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/983/pr_27_-_cidadania_honoraria_joana_darcc_de_souza_farath.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária do Município de Manhuaçu à Sra. Joana Darc de Souza Farrath e dá outras providências</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/984/pr28_-_honra_ao_merito_oziel_mendes_de_paiva_junior.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/984/pr28_-_honra_ao_merito_oziel_mendes_de_paiva_junior.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Oziel Mendes de Paiva Júnior e contém outras providências.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/pr_30-2019_-.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/pr_30-2019_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da Comissão Parlamentar de Inquérito - CPI criada pela Resolução nº 029 de 14 de novembro 2019, na legislatura em curso e dá outras providências.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/pr31-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/pr31-2019.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. José Vieira Felizardo e dá outras providências.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1089/pr_32-2019_honra_ao_merito_sr._roberto_carlos_tome.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1089/pr_32-2019_honra_ao_merito_sr._roberto_carlos_tome.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Roberto Carlos Tomé e contém outras providências.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1090/pr_33-2019_honra_ao_merito_bispo_valdir_pires__2cvBox5.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1090/pr_33-2019_honra_ao_merito_bispo_valdir_pires__2cvBox5.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Bispo Valdir Pires de Moura e Maria de Lourdes Almeida de Moura e contém outras providências.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1091/pr_34-2019_honra_ao_merito_sr._darlan_max_conde.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1091/pr_34-2019_honra_ao_merito_sr._darlan_max_conde.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Darlan Max Condé e contém outras providências.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1092/pr_35-2019_cidadao_honorario_willen_rike_camar_KYGN76E.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1092/pr_35-2019_cidadao_honorario_willen_rike_camar_KYGN76E.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. Willen Rike Camargos Soares e dá outras providências</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1093/pr_36-2019_honra_ao_merito_sra._edneia_cerquei_wjsUpS1.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1093/pr_36-2019_honra_ao_merito_sra._edneia_cerquei_wjsUpS1.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito a Sra. Ednéia Cerqueira e Souza e contém outras providências.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1094/pr_37-2019_honra_ao_merito_sr._julio_maria_spinola_marques.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1094/pr_37-2019_honra_ao_merito_sr._julio_maria_spinola_marques.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Júlio Maria Spinola Marques e contém outras providências.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1095/pr_38-2019_honra_ao_merito_aos_idealizadores_do_loteamento_vila_real.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1095/pr_38-2019_honra_ao_merito_aos_idealizadores_do_loteamento_vila_real.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito aos Idealizadores do Loteamento Vila Real - Maria Cristina Souza Teixeira Werner, Andreia Maria Souza Teixeira, Nilo Leonardo e Raquel Souza Teixeira e contém outras providências.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pr_39-2019_cidada_honoraria_isabel_cristina_rocha_dutra.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pr_39-2019_cidada_honoraria_isabel_cristina_rocha_dutra.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária do Município de Manhuaçu a Sra. Isabel Cristina Rocha Dutra e dá outras providências.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pr_40-2019_cidadao_honorario_luiz_carlos_carvalho.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pr_40-2019_cidadao_honorario_luiz_carlos_carvalho.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. Luiz Carlos Carvalho e dá outras providências</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pr_41-2019_honra_ao_merito_escola_estadual_ana_mendes_pereira_dutra.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pr_41-2019_honra_ao_merito_escola_estadual_ana_mendes_pereira_dutra.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à Escola Estadual Ana Mendes Pereira Dutra e contém outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pr_42-2019_cidadao_benemerito_milton_martins_de_oliveira.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pr_42-2019_cidadao_benemerito_milton_martins_de_oliveira.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito do Município de Manhuaçu ao Sr. Milton Martins de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/pr_43-2019_honra_ao_merito_aciam.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/pr_43-2019_honra_ao_merito_aciam.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à ACIAM e contém outras providências.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pr_44-2019_honra_ao_merito_atleta_brenda_ferreira_-_projeto_tear.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pr_44-2019_honra_ao_merito_atleta_brenda_ferreira_-_projeto_tear.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à Atleta Brenda Ferreira – Projeto TEAR,e contém outras providências.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pr_45-2019_honra_ao_merito_sr._igor_lacerda_de_oliveira.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pr_45-2019_honra_ao_merito_sr._igor_lacerda_de_oliveira.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Igor Lacerda de Oliveira e contém outras providências</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/pr_46-2019_honra_ao_merito_dona_carlinda_vieira_gomes.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/pr_46-2019_honra_ao_merito_dona_carlinda_vieira_gomes.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito a Dona Carlinda Vieira Gomes e contém outras providências.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/pr_47-2019_honra_ao_merito_casal_francisco_gomes_de_oliveira_e_lucirene_da_consolacao_de_oliveira_.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/pr_47-2019_honra_ao_merito_casal_francisco_gomes_de_oliveira_e_lucirene_da_consolacao_de_oliveira_.docx</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao casal Francisco Gomes de Oliveira e Lucirene da Consolação de Oliveira e contém outras providências.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/pr_48-2019_cidadao_honorario_antonio_tito_filho.docx</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/pr_48-2019_cidadao_honorario_antonio_tito_filho.docx</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Manhuaçu ao Sr. Antônio Tito Filho e dá outras providências.</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/6/subs_no_01-2019_substitutivo_pl_03-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/6/subs_no_01-2019_substitutivo_pl_03-2019.pdf</t>
   </si>
   <si>
     <t>Alterara anexo I da Lei nº 3548 de 04 de dezembro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>Zé Rulinha, Adalto, Administrador Rodrigo, Berenice do Carlos Tur, Elenilton Martins, Gilsinho, Inspetor Juninho Linhares, Zé Eugênio</t>
   </si>
   <si>
     <t>“Dispõe sobre o parcelamento do solo rural para chacreamento particular no município de Manhuaçu, estado de Minas Gerais e dá outras providências”.</t>
   </si>
   <si>
     <t>Zé Rulinha, Adalto, Administrador Rodrigo, Berenice do Carlos Tur, Cabo Ferreira, Elenilton Martins, Gilsinho, Inspetor Juninho Linhares, Paulo Altino, Tony Mix, Zé Eugênio</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/492/substitutivo_03_plc_n_1_19__dispoe_sobre_parcela_PRmSA1x.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/492/substitutivo_03_plc_n_1_19__dispoe_sobre_parcela_PRmSA1x.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/590/projeto_substitutivo_no_04_-_da_denominacao_de_r_3pj4zmp.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/590/projeto_substitutivo_no_04_-_da_denominacao_de_r_3pj4zmp.pdf</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>Acrescenta beneficiários junto ao anexo I da Lei nº 3.548 de 04 de dezembro de 2015, alterada pela Lei nº 3.933, de 23 de abril de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_subistitutivo_no_6_ao_pl58-2019__-_trave_yeHxNXU.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_subistitutivo_no_6_ao_pl58-2019__-_trave_yeHxNXU.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Travessa Enoque Ferreira da Rocha no bairro São Vicente e dá outras providências</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_substitutivo_no_07_programa_aluno_nota_10.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_substitutivo_no_07_programa_aluno_nota_10.pdf</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_substitutivo_no_08_professor_nota_10.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_substitutivo_no_08_professor_nota_10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Diploma PROFESSOR NOTA DEZ ao professor da rede municipal e estadual de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/projeto_subistitutivo_09-2019_ao_pl_110-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/projeto_subistitutivo_09-2019_ao_pl_110-2019.pdf</t>
   </si>
   <si>
     <t>Altera anexo I da Lei nº 3.548 de 04 de dezembro de 2015 e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/projeto_subistitutivo_10-2019_ao_pl_112-2019.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/projeto_subistitutivo_10-2019_ao_pl_112-2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 3.560, de 22 de dezembro de 2015 e contém outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Reiteração de resposta aos ofícios encaminhados à Prefeitura de Manhuaçu e à Secretaria Municipal de Obras em 2018, acerca de destinação de manilhas para os pontos citados.</t>
   </si>
   <si>
     <t>Solicita informações sobre a usina de reciclagem e compostagem de lixo de Manhuaçu</t>
   </si>
   <si>
     <t>Requer envio de ofício a Prefeitura Municipal de Manhuaçu, solicitando informações sobre a emenda impositiva 2018</t>
   </si>
   <si>
     <t>Requer da Prefeitura de Manhuaçu informações sobre a destinação de recursos aprovados em Projeto de Lei nesta Casa Legislativa em 2018, para aquisição de asfalto quente e melhorias na usina de reciclagem de lixo do município.</t>
   </si>
   <si>
     <t>Requer envio de ofício a Prefeitura Municipal de Manhuaçu, solicitando informações sobre o cumprimento integral do pagamento do piso salarial às categorias do Agente de Combate a Endemias e Agente Comunitário de Saúde.</t>
   </si>
@@ -8201,51 +8201,51 @@
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>Requer que a Secretaria de Educação informe acerca do cumprimento da Lei nº 3.479/2015, sobre a proibição de instrumentos cortantes (estiletes) nas escolas municipais.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>Requer o envio de ofício à Prefeitura de Manhuaçu solicitando informações sobre quais medidas estão sendo tomadas junto aos proprietários do loteamento acima dos Bairros Petrina e Sagrada Família e perante os órgãos competentes, a respeito da enxurrada de lama e barro que tem trazido diversos transtornos e prejuízos aos moradores das localidades, principalmente no trecho da Rua Antônio Rodrigues Lomeu (Beco do Lomeu) no centro de Manhuaçu.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>Requer da Secretaria Municipal de Saúde informações sobre as providências adotadas a respeito da circulação de vídeo em redes sociais sobre pneus e combustível encontrados na chácara do chefe de transportes do SUS.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>Administrador Rodrigo, Cabo Ferreira, Gilsinho, Professor Giovanni, Rogerinho</t>
   </si>
   <si>
-    <t>https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/2020-06-29_172027.pdf</t>
+    <t>http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/2020-06-29_172027.pdf</t>
   </si>
   <si>
     <t>Requer da Secretária Municipal de Educação, se for o caso valendo-se da cooperação de outras secretarias e/ou departamentos do Poder Executivo, envie à Câmara , no prazo de até 15(quinze) dias, informações a respeito dos motoristas e do transporte escolar conforme documento anexo.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>REQUISITAM que V.Sa. envie à Câmara Municipal, aos cuidados dos vereadores que a este subscrevem, no prazo de até 15(quinze) dias, INFORMAÇÕES E DOCUMENTOS COMPROBATÓRIOS DA DESPESA PÚBLICA COM PESSOAL DO PODER EXECUTIVO E O SEU PERCENTUAL NESTE EXERCÍCIO, CONFORME REGULADO PELA LEI COMPLEMENTAR FEDERAL No. 101/2000-L.R.F..</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -8558,67 +8558,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/43/pl_no_122-2018_parecer_individual.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/104/emenda_02-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/105/emenda_03-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/106/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/107/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/108/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/489/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/490/emenda_09-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/491/emenda_10-2019_-_pl_16-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/264/emenda_no_12.2019_-_pl_26.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/265/emenda_no_13.2019_-_pl_26.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/266/emenda_no_15.2019_-_pl_29.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/381/emenda_16-2019_-_pl28-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/383/emenda_17_-_pl35-2019_viela_raimundo_paulo_tavares.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/691/emenda_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/593/emenda_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/560/emanda_45-2019_do_pl_20-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/561/emanda_46-2019_do_pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/562/emanda_47-2019_do_pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/563/emanda_48-2019_do_pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/595/emenda_55-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/692/emenda45.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/827/emenda_71-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/emenda_individual_do_vereador_adalto_ao_orcamento_de_2020_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/emendas_individuais_ao_orcamento_de_2020_do_vereador_tonny_mix.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/emenda_individual_ao_orcamento_202_vereador_cleber_da_matinha.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/emenda_individual_de_vereador_elenilton_martins_ao_orcamento_de_2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/emenda_individual_ao_orcamento_de_2020_do_vereador_giovanni_mageste_hott.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/emendas_ao_orcamento_de_2020_do_vereador_gilson_cesar_da_costa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/emendas_parlamentares_ao_orcamento_municipal_de_2020_do_vereador_inspetor_juninho_linhares.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/emenda_individual_de_vereador_ao_orcamento_de_2020_de_autoria_do_vereador_jose_eugenio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/emendas_ao_orcamento_de_2020_impositiva_do_vereador_cabo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/emenda_individual_ao_orcamento_de_2020_do_vereador_jose_geraldo_damasceno.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/emendas_ao_orcamento_de_2020_do_vereador_juarez_eloi.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/emenda_individual_ao_orcamento_do_exercicio_de_2020_do_vereador_jorge_do_iberia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/emendas_individuais_ao_orcamento_municipal_de_2020_do_vereador_paulo_cesar_altino_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/emendas_individuais_ao_orcamento_de_2020_do_vereador_rogerinho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/emendas_parlamentar_ao_orcamento_de_2020_do_vereador_administrador_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/emendas_individuais_de_vereador_vantuil_martins_ao_orcamento_de_2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/emendas_ao_orcamento_de_2020_coletivas_adalto_cleber_e_paulo_altino_para_a_saude.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/emenda_modificativa_95_-_jose_geraldo_damasceno.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/21/indicacao_no12_linhares.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no13_linhares.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no14_linhares.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_no37_linhares.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/58/indicacao_no38-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/59/indicacao_no39-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_no64-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao_no81_-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_no84-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_no130-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_no131-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_no138-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_no144-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_no145-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no173-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no201-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no207-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/369/indicacao_no217-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/403/indicacao_no228-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/404/indicacao_no229-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/428/indicacao_no253-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/430/255-19.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_no264-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_no282-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_no303-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/625/indicacao_no344-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/626/indicacao_no345-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_no350-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/644/indicacao_no_354-2019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/645/355-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no396-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no397-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/801/indicacao_no421-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no427-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/816/indicacao_no436-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no470-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/923/indicacao_no484-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/924/indicacao_no485-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/925/indicacao_no486-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/955/indicacao_no494-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/958/indicacao_no497-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/959/indicacao_no498-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/indicacao_no516-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_no517-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_no531-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_no544-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_no546-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1079/indicacao_no_561-2019.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1085/indicacao_no567-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1086/indicacao_no568-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1087/indicacao_no569-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/mocao_no_192-2019.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1/pl_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/40/pl_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/5/pl_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/44/pl_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/45/pl_05.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/46/pl_06-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_n_007_2019.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/62/pl_no_08-2019_repasse_-_associacao_de_mulheres_de_BPNVIsF.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/63/pl_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/64/pl_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/65/pl_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/71/pl_no_12-2019_hZtc9Ob.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pl_no_13-2019.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pl_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pl_16-2019.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pl_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pl_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pl_19.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pl_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl_21.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pl_22.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pl_23_LS7e6fT.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/206/pl_24.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pl_25_sPOQdwY.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pl_26.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pl_27_xt99CaP.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl_28.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl_29.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/262/pl_n._30_-_da_nome_vicente_severino.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_no_31-2019_institui_o_dia_municip_o3cOMox.doc" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_32_vantuil_canuto_marco_2019.doc" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/275/projeto_de_lei_33_linhares_vista_linda_marco_2019.doc" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/277/pl_35_-_denominacao_rua_raimundo_ver._adalto.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/337/pl_36_-_denominacao_de_rua_bairro_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl_37_-_denominacao_capela_velorio_vilanova_pedr_32GAi72.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/384/pl_38-2019_-__da_nome_de_rua_jose_lourenco_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_de_lei_n_39_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/434/institui_o_mes_de_maio_maio_amarelo_e_da_outras_Y8GZkcG.docx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/435/pl_no_41-2019_-_da_nome_de_bairro_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/436/pl_42.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/485/pl_43-2020.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/486/pl_44-2019_-_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/487/pl_45-2019_-_autoriza_repasse_associacao_sagrada_lmq0129.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/488/pl_46-2019_-_reconducao_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_de_lei_no_47-2019_repasse_a_associacao_d_BifDNfc.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/507/projeto_de_lei_048_de_04_jun_2019_-_altera_plano_l44gdzj.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/511/pl_49-2019_criacao_fumdesp_e_conselho_municipal__h0APzb9.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/564/pl_50-2019_altera_no_de_vagas_de_aux_de_enfermag_jRFJjX6.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/565/pl_51-2019_institui_dia_municipal_de_libras.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/566/pl_52-2019_-_instalacao_de_wi-fi_em_onibus_de_tr_EhDk8Qv.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/591/pl_53-2019_repasse_apef_-_esporte_nota_10.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_54-2019_altera_plano_de_cargos_30_auxiliar_de_DPUI26J.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/594/projeto_de_lei_no_55_-2019_-_autoriza_o_repasse__LujLPLS.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/597/pl_56-2019__-_normas_de_prevencao_e_protecao_ao_incendio.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/598/pl_57.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/599/pl_58.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/600/pl_59.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/639/pl_no_60-2019.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_no_61-2019.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_de_lei_no_62-2019.docx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_de_lei_no_63-2019.docx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_no_64-2019.docx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_no_65-2019.doc" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_lei_no_66-2019_-_autoriza_o_municipio_52uEHEr.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_lei_no_67-2019_denominacao_ubs_santo_amaro.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/754/pl_no_68-2019__-_altera_lei_que_regula_trafego_d_brPWyEw.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_no_69-2019.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/755/pl_70-2019_-_repasse_trail_clube.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_no_71-2019.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_no_72-2019.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_no_73-2019.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_no_074-2019.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_de_lei_no_76-2019.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_no_77-2019_mialyxs.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_no_78-2019_SLUN56O.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_no_079_-_2019_eG34i8k.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/872/projeto_de_lei_no_80-2019_nHgVlAd.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_no_81_2019.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/876/projeto_de_lei_no_82-2019_denominacao_de_rua__lu_22Zga1n.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/879/projeto_de_lei_no_83-2019.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/880/pl_no_84_-_2019_-_obriga_estabelecimentos_comerc_G98Ne05.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_no_85.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/884/projeto_de_lei_no_86-2017.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/885/projeto_de_lei_no_87-2019_9ZLJaiI.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/886/projeto_de_lei_no_88-2019__subvencao.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_no_89-2019_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/888/pl_90-2019_-_altera_o_nome_de_viela_e_rua_em_sao_oCps7PS.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/889/pl_91-2019_owbBE1F.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_lei_no_92_-_2019_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/937/pl_no__93-2019_-_agencia_reguladora.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/938/pl_no_94-2019_-_cisab.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/939/pl_no_95-2019_-_repasse_amem.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/940/pl_no_96-2019_-__da_nome_de_rua_geraldo_ferreira_J5OfAh5.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/941/pl_no_97_-2019_nome_de_rua_maria_aprecida_de_jes_qBLHXzr.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/980/pl_no_98_-2019_-__que_da_nome_de_rua_em_sacramen_Ofr5mtx.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/982/pl_no_99-2019_projeto_de_lei_que_da_nome_de_esca_MOhv1uC.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_no_100_2019.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1040/projeto_de_lei_no_101-2019.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1041/projeto_de_lei_no_102-2019.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1042/projeto_de_lei_no_103-2019.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1043/projeto_de_lei_no_104-2019.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_no_105-2019.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_no_106-2019.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_no_107-2019.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_no_108-2019.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1088/projeto_de_lei_no_109-2019.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_lei_no_110-2019.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_lei_no_111-2019.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/projeto_de_lei_no_112-2019.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/projeto_de_lei_no_113-2019.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/projeto_de_lei_no_114-2019.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/projeto_de_lei_no_115-2019.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_complemetar_no_01-2019_b9hXkcw.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/361/projeto_de_lei_complemetar_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_lei_complementar_03-2019_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/877/projeto_de_lei_complementar_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/985/plc_05-2019_refis.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/72/projeto_de_resolucao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_resolucao_02-2019.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/74/projeto_de_resolucao_03-2019.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/75/resolucao_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/126/05-2019_-_honra_ao_merito_a_empresa_engelmig_eletrica.doc" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_resolucao_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/360/projeto_de_resolucao_para_vereador_cabo_ferreira_honra_ao_merito_para_caroline_marques_faria.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pr_10-2019_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pr_11-2019_dispoe_alteracao_da_resolucao_n_028-2_UKL9DA1.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pr_12-2019__dispoe_sobre_o_codigo_de_etica_e_dec_EXDoXku.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/433/pr_13-2019_STKHTnb.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/438/pr_15-2019_-_honra_ao_merito_joana_darc__-_jorge_YI6HXyO.doc" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/493/pr_18-2019_dispoe_sobre_o_ingresso_de_ms.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/513/pr_19-2019_-_cidada_honoraria_telma_de_paulo_freitas.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/512/pr_20-2019_-_honra_ao_merito_capitao_fernando_noia.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pr_21.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_resolucao_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/854/projeto_de_resolucao_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/942/pr_no_24-2019__honra_ao_merito_hilton_dos_santos_pereira.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/979/projeto_de_resolucao_no_25-2019_-_merito_legisla_d3TWq4H.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/981/pr_26.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/983/pr_27_-_cidadania_honoraria_joana_darcc_de_souza_farath.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/984/pr28_-_honra_ao_merito_oziel_mendes_de_paiva_junior.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/pr_30-2019_-.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/pr31-2019.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1089/pr_32-2019_honra_ao_merito_sr._roberto_carlos_tome.docx" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1090/pr_33-2019_honra_ao_merito_bispo_valdir_pires__2cvBox5.docx" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1091/pr_34-2019_honra_ao_merito_sr._darlan_max_conde.docx" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1092/pr_35-2019_cidadao_honorario_willen_rike_camar_KYGN76E.docx" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1093/pr_36-2019_honra_ao_merito_sra._edneia_cerquei_wjsUpS1.docx" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1094/pr_37-2019_honra_ao_merito_sr._julio_maria_spinola_marques.docx" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1095/pr_38-2019_honra_ao_merito_aos_idealizadores_do_loteamento_vila_real.docx" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pr_39-2019_cidada_honoraria_isabel_cristina_rocha_dutra.docx" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pr_40-2019_cidadao_honorario_luiz_carlos_carvalho.docx" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pr_41-2019_honra_ao_merito_escola_estadual_ana_mendes_pereira_dutra.docx" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pr_42-2019_cidadao_benemerito_milton_martins_de_oliveira.docx" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/pr_43-2019_honra_ao_merito_aciam.docx" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pr_44-2019_honra_ao_merito_atleta_brenda_ferreira_-_projeto_tear.docx" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pr_45-2019_honra_ao_merito_sr._igor_lacerda_de_oliveira.docx" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/pr_46-2019_honra_ao_merito_dona_carlinda_vieira_gomes.docx" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/pr_47-2019_honra_ao_merito_casal_francisco_gomes_de_oliveira_e_lucirene_da_consolacao_de_oliveira_.docx" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/pr_48-2019_cidadao_honorario_antonio_tito_filho.docx" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/6/subs_no_01-2019_substitutivo_pl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/492/substitutivo_03_plc_n_1_19__dispoe_sobre_parcela_PRmSA1x.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/590/projeto_substitutivo_no_04_-_da_denominacao_de_r_3pj4zmp.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_subistitutivo_no_6_ao_pl58-2019__-_trave_yeHxNXU.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_substitutivo_no_07_programa_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_substitutivo_no_08_professor_nota_10.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/projeto_subistitutivo_09-2019_ao_pl_110-2019.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/projeto_subistitutivo_10-2019_ao_pl_112-2019.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/2020-06-29_172027.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/43/pl_no_122-2018_parecer_individual.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/104/emenda_02-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/105/emenda_03-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/106/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/107/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/108/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/109/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/489/emendas_04_a_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/490/emenda_09-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/491/emenda_10-2019_-_pl_16-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/264/emenda_no_12.2019_-_pl_26.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/265/emenda_no_13.2019_-_pl_26.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/266/emenda_no_15.2019_-_pl_29.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/381/emenda_16-2019_-_pl28-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/383/emenda_17_-_pl35-2019_viela_raimundo_paulo_tavares.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/691/emenda_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/593/emenda_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/560/emanda_45-2019_do_pl_20-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/561/emanda_46-2019_do_pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/562/emanda_47-2019_do_pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/563/emanda_48-2019_do_pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/595/emenda_55-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/692/emenda45.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/827/emenda_71-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/emenda_individual_do_vereador_adalto_ao_orcamento_de_2020_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/emendas_individuais_ao_orcamento_de_2020_do_vereador_tonny_mix.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/emenda_individual_ao_orcamento_202_vereador_cleber_da_matinha.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/emenda_individual_de_vereador_elenilton_martins_ao_orcamento_de_2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/emenda_individual_ao_orcamento_de_2020_do_vereador_giovanni_mageste_hott.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/emendas_ao_orcamento_de_2020_do_vereador_gilson_cesar_da_costa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/emendas_parlamentares_ao_orcamento_municipal_de_2020_do_vereador_inspetor_juninho_linhares.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/emenda_individual_de_vereador_ao_orcamento_de_2020_de_autoria_do_vereador_jose_eugenio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/emendas_ao_orcamento_de_2020_impositiva_do_vereador_cabo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/emenda_individual_ao_orcamento_de_2020_do_vereador_jose_geraldo_damasceno.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/emendas_ao_orcamento_de_2020_do_vereador_juarez_eloi.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/emenda_individual_ao_orcamento_do_exercicio_de_2020_do_vereador_jorge_do_iberia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/emendas_individuais_ao_orcamento_municipal_de_2020_do_vereador_paulo_cesar_altino_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/emendas_individuais_ao_orcamento_de_2020_do_vereador_rogerinho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/emendas_parlamentar_ao_orcamento_de_2020_do_vereador_administrador_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/emendas_individuais_de_vereador_vantuil_martins_ao_orcamento_de_2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/emendas_ao_orcamento_de_2020_coletivas_adalto_cleber_e_paulo_altino_para_a_saude.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/emenda_modificativa_95_-_jose_geraldo_damasceno.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/21/indicacao_no12_linhares.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/23/indicacao_no13_linhares.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/24/indicacao_no14_linhares.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/57/indicacao_no37_linhares.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/58/indicacao_no38-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/59/indicacao_no39-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_no64-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao_no81_-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao_no84-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_no130-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_no131-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_no138-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_no144-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_no145-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/298/indicacao_no173-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/339/indicacao_no201-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/345/indicacao_no207-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/369/indicacao_no217-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/403/indicacao_no228-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/404/indicacao_no229-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/428/indicacao_no253-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/430/255-19.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_no264-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_no282-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_no303-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/625/indicacao_no344-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/626/indicacao_no345-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/631/indicacao_no350-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/644/indicacao_no_354-2019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/645/355-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/737/indicacao_no396-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/738/indicacao_no397-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/801/indicacao_no421-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/807/indicacao_no427-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/816/indicacao_no436-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/871/indicacao_no470-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/923/indicacao_no484-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/924/indicacao_no485-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/925/indicacao_no486-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/955/indicacao_no494-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/958/indicacao_no497-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/959/indicacao_no498-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/indicacao_no516-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/indicacao_no517-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/indicacao_no531-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1037/indicacao_no544-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1039/indicacao_no546-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1079/indicacao_no_561-2019.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1085/indicacao_no567-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1086/indicacao_no568-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1087/indicacao_no569-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/mocao_no_192-2019.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1/pl_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/40/pl_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/5/pl_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/44/pl_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/45/pl_05.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/46/pl_06-2019_linhares.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/61/projeto_de_lei_n_007_2019.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/62/pl_no_08-2019_repasse_-_associacao_de_mulheres_de_BPNVIsF.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/63/pl_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/64/pl_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/65/pl_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/71/pl_no_12-2019_hZtc9Ob.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pl_no_13-2019.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pl_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pl_16-2019.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pl_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pl_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pl_19.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pl_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl_21.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pl_22.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pl_23_LS7e6fT.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/206/pl_24.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pl_25_sPOQdwY.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pl_26.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pl_27_xt99CaP.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl_28.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl_29.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/262/pl_n._30_-_da_nome_vicente_severino.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/273/projeto_de_lei_no_31-2019_institui_o_dia_municip_o3cOMox.doc" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/274/projeto_de_lei_32_vantuil_canuto_marco_2019.doc" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/275/projeto_de_lei_33_linhares_vista_linda_marco_2019.doc" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/277/pl_35_-_denominacao_rua_raimundo_ver._adalto.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/337/pl_36_-_denominacao_de_rua_bairro_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl_37_-_denominacao_capela_velorio_vilanova_pedr_32GAi72.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/384/pl_38-2019_-__da_nome_de_rua_jose_lourenco_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_de_lei_n_39_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/434/institui_o_mes_de_maio_maio_amarelo_e_da_outras_Y8GZkcG.docx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/435/pl_no_41-2019_-_da_nome_de_bairro_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/436/pl_42.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/485/pl_43-2020.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/486/pl_44-2019_-_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/487/pl_45-2019_-_autoriza_repasse_associacao_sagrada_lmq0129.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/488/pl_46-2019_-_reconducao_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_de_lei_no_47-2019_repasse_a_associacao_d_BifDNfc.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/507/projeto_de_lei_048_de_04_jun_2019_-_altera_plano_l44gdzj.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/511/pl_49-2019_criacao_fumdesp_e_conselho_municipal__h0APzb9.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/564/pl_50-2019_altera_no_de_vagas_de_aux_de_enfermag_jRFJjX6.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/565/pl_51-2019_institui_dia_municipal_de_libras.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/566/pl_52-2019_-_instalacao_de_wi-fi_em_onibus_de_tr_EhDk8Qv.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/591/pl_53-2019_repasse_apef_-_esporte_nota_10.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/592/pl_54-2019_altera_plano_de_cargos_30_auxiliar_de_DPUI26J.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/594/projeto_de_lei_no_55_-2019_-_autoriza_o_repasse__LujLPLS.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/597/pl_56-2019__-_normas_de_prevencao_e_protecao_ao_incendio.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/598/pl_57.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/599/pl_58.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/600/pl_59.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/639/pl_no_60-2019.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_no_61-2019.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_de_lei_no_62-2019.docx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_de_lei_no_63-2019.docx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_de_lei_no_64-2019.docx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_de_lei_no_65-2019.doc" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_lei_no_66-2019_-_autoriza_o_municipio_52uEHEr.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_lei_no_67-2019_denominacao_ubs_santo_amaro.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/754/pl_no_68-2019__-_altera_lei_que_regula_trafego_d_brPWyEw.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_no_69-2019.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/755/pl_70-2019_-_repasse_trail_clube.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_no_71-2019.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_no_72-2019.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_no_73-2019.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_no_074-2019.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_de_lei_no_76-2019.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_no_77-2019_mialyxs.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_no_78-2019_SLUN56O.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_no_079_-_2019_eG34i8k.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/872/projeto_de_lei_no_80-2019_nHgVlAd.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_no_81_2019.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/876/projeto_de_lei_no_82-2019_denominacao_de_rua__lu_22Zga1n.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/879/projeto_de_lei_no_83-2019.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/880/pl_no_84_-_2019_-_obriga_estabelecimentos_comerc_G98Ne05.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_no_85.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/884/projeto_de_lei_no_86-2017.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/885/projeto_de_lei_no_87-2019_9ZLJaiI.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/886/projeto_de_lei_no_88-2019__subvencao.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_no_89-2019_loa_2020.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/888/pl_90-2019_-_altera_o_nome_de_viela_e_rua_em_sao_oCps7PS.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/889/pl_91-2019_owbBE1F.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_lei_no_92_-_2019_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/937/pl_no__93-2019_-_agencia_reguladora.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/938/pl_no_94-2019_-_cisab.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/939/pl_no_95-2019_-_repasse_amem.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/940/pl_no_96-2019_-__da_nome_de_rua_geraldo_ferreira_J5OfAh5.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/941/pl_no_97_-2019_nome_de_rua_maria_aprecida_de_jes_qBLHXzr.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/980/pl_no_98_-2019_-__que_da_nome_de_rua_em_sacramen_Ofr5mtx.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/982/pl_no_99-2019_projeto_de_lei_que_da_nome_de_esca_MOhv1uC.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1035/projeto_de_lei_no_100_2019.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1040/projeto_de_lei_no_101-2019.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1041/projeto_de_lei_no_102-2019.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1042/projeto_de_lei_no_103-2019.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1043/projeto_de_lei_no_104-2019.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_no_105-2019.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_no_106-2019.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_no_107-2019.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_no_108-2019.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1088/projeto_de_lei_no_109-2019.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_lei_no_110-2019.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_lei_no_111-2019.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/projeto_de_lei_no_112-2019.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/projeto_de_lei_no_113-2019.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/projeto_de_lei_no_114-2019.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/projeto_de_lei_no_115-2019.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_complemetar_no_01-2019_b9hXkcw.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/361/projeto_de_lei_complemetar_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_lei_complementar_03-2019_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/877/projeto_de_lei_complementar_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/985/plc_05-2019_refis.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/72/projeto_de_resolucao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/73/projeto_de_resolucao_02-2019.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/74/projeto_de_resolucao_03-2019.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/75/resolucao_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/126/05-2019_-_honra_ao_merito_a_empresa_engelmig_eletrica.doc" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_resolucao_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/360/projeto_de_resolucao_para_vereador_cabo_ferreira_honra_ao_merito_para_caroline_marques_faria.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pr_10-2019_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pr_11-2019_dispoe_alteracao_da_resolucao_n_028-2_UKL9DA1.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pr_12-2019__dispoe_sobre_o_codigo_de_etica_e_dec_EXDoXku.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/433/pr_13-2019_STKHTnb.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/438/pr_15-2019_-_honra_ao_merito_joana_darc__-_jorge_YI6HXyO.doc" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/493/pr_18-2019_dispoe_sobre_o_ingresso_de_ms.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/513/pr_19-2019_-_cidada_honoraria_telma_de_paulo_freitas.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/512/pr_20-2019_-_honra_ao_merito_capitao_fernando_noia.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/638/pr_21.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_resolucao_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/854/projeto_de_resolucao_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/942/pr_no_24-2019__honra_ao_merito_hilton_dos_santos_pereira.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/979/projeto_de_resolucao_no_25-2019_-_merito_legisla_d3TWq4H.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/981/pr_26.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/983/pr_27_-_cidadania_honoraria_joana_darcc_de_souza_farath.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/984/pr28_-_honra_ao_merito_oziel_mendes_de_paiva_junior.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/pr_30-2019_-.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/pr31-2019.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1089/pr_32-2019_honra_ao_merito_sr._roberto_carlos_tome.docx" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1090/pr_33-2019_honra_ao_merito_bispo_valdir_pires__2cvBox5.docx" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1091/pr_34-2019_honra_ao_merito_sr._darlan_max_conde.docx" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1092/pr_35-2019_cidadao_honorario_willen_rike_camar_KYGN76E.docx" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1093/pr_36-2019_honra_ao_merito_sra._edneia_cerquei_wjsUpS1.docx" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1094/pr_37-2019_honra_ao_merito_sr._julio_maria_spinola_marques.docx" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1095/pr_38-2019_honra_ao_merito_aos_idealizadores_do_loteamento_vila_real.docx" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pr_39-2019_cidada_honoraria_isabel_cristina_rocha_dutra.docx" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pr_40-2019_cidadao_honorario_luiz_carlos_carvalho.docx" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pr_41-2019_honra_ao_merito_escola_estadual_ana_mendes_pereira_dutra.docx" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pr_42-2019_cidadao_benemerito_milton_martins_de_oliveira.docx" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/pr_43-2019_honra_ao_merito_aciam.docx" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pr_44-2019_honra_ao_merito_atleta_brenda_ferreira_-_projeto_tear.docx" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pr_45-2019_honra_ao_merito_sr._igor_lacerda_de_oliveira.docx" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/pr_46-2019_honra_ao_merito_dona_carlinda_vieira_gomes.docx" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/pr_47-2019_honra_ao_merito_casal_francisco_gomes_de_oliveira_e_lucirene_da_consolacao_de_oliveira_.docx" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/pr_48-2019_cidadao_honorario_antonio_tito_filho.docx" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/6/subs_no_01-2019_substitutivo_pl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/492/substitutivo_03_plc_n_1_19__dispoe_sobre_parcela_PRmSA1x.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/590/projeto_substitutivo_no_04_-_da_denominacao_de_r_3pj4zmp.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_subistitutivo_no_6_ao_pl58-2019__-_trave_yeHxNXU.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_substitutivo_no_07_programa_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_substitutivo_no_08_professor_nota_10.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/projeto_subistitutivo_09-2019_ao_pl_110-2019.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/projeto_subistitutivo_10-2019_ao_pl_112-2019.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/2020-06-29_172027.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manhuacu.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="228.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="177.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>